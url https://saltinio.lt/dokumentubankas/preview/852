--- v0 (2025-10-09)
+++ v1 (2025-11-22)
@@ -1,79 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="41A54517" w14:textId="685918AC" w:rsidR="00291FD0" w:rsidRDefault="008776DF" w:rsidP="00291FD0">
+    <w:p w14:paraId="41A54517" w14:textId="685918AC" w:rsidR="00291FD0" w:rsidRPr="007432B9" w:rsidRDefault="008776DF" w:rsidP="00291FD0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t xml:space="preserve">                                                                                                                                                                                                                                                                                                                                                                             </w:t>
+      </w:r>
+      <w:r w:rsidR="001036E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                                                                                                                                                                                                                                                                             </w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00291FD0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00291FD0" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="37E7C921" wp14:editId="521BBDCC">
             <wp:extent cx="495300" cy="552450"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Picture 1" descr="Description: Description: Description: Description: Description: vytis"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="Description: Description: Description: Description: Description: vytis"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5">
                       <a:lum bright="-30000" contrast="96000"/>
@@ -86,1678 +86,1638 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="495300" cy="552450"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C5853C0" w14:textId="77777777" w:rsidR="00291FD0" w:rsidRDefault="00291FD0" w:rsidP="00291FD0">
+    <w:p w14:paraId="7C5853C0" w14:textId="77777777" w:rsidR="00291FD0" w:rsidRPr="007432B9" w:rsidRDefault="00291FD0" w:rsidP="00291FD0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="6391E921" w14:textId="77777777" w:rsidR="00291FD0" w:rsidRDefault="00291FD0" w:rsidP="00291FD0">
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6391E921" w14:textId="77777777" w:rsidR="00291FD0" w:rsidRPr="007432B9" w:rsidRDefault="00291FD0" w:rsidP="00291FD0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="6FA984E8" w14:textId="77777777" w:rsidR="00291FD0" w:rsidRDefault="00291FD0" w:rsidP="00291FD0">
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FA984E8" w14:textId="77777777" w:rsidR="00291FD0" w:rsidRPr="007432B9" w:rsidRDefault="00291FD0" w:rsidP="00291FD0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MARIJAMPOLĖS ,,</w:t>
       </w:r>
-      <w:r w:rsidR="00CE461D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00CE461D" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ŠALTINIO’’ PROGIMNAZIJOS</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="555CA407" w14:textId="77777777" w:rsidR="00291FD0" w:rsidRDefault="00291FD0" w:rsidP="00291FD0">
+    <w:p w14:paraId="555CA407" w14:textId="77777777" w:rsidR="00291FD0" w:rsidRPr="007432B9" w:rsidRDefault="00291FD0" w:rsidP="00291FD0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DIREKTORIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E0D822C" w14:textId="77777777" w:rsidR="00291FD0" w:rsidRDefault="00291FD0" w:rsidP="00291FD0">
+    <w:p w14:paraId="5E0D822C" w14:textId="77777777" w:rsidR="00291FD0" w:rsidRPr="007432B9" w:rsidRDefault="00291FD0" w:rsidP="00291FD0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4747C5D3" w14:textId="77777777" w:rsidR="00291FD0" w:rsidRDefault="00291FD0" w:rsidP="00291FD0">
+    <w:p w14:paraId="4747C5D3" w14:textId="77777777" w:rsidR="00291FD0" w:rsidRPr="007432B9" w:rsidRDefault="00291FD0" w:rsidP="00291FD0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ĮSAKYMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="277D0273" w14:textId="03AC1F86" w:rsidR="00291FD0" w:rsidRDefault="00B60307" w:rsidP="00291FD0">
+    <w:p w14:paraId="277D0273" w14:textId="5112F63B" w:rsidR="00291FD0" w:rsidRPr="007432B9" w:rsidRDefault="00B60307" w:rsidP="00291FD0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DĖL  202</w:t>
       </w:r>
-      <w:r w:rsidR="00F237F1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="006541D1" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
-      <w:r w:rsidR="00F237F1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="006541D1" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00291FD0" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> MOKSLO METŲ VAIKO GEROVĖS KOMISIJOS SUDĖTIES TVIRTI</w:t>
       </w:r>
-      <w:r w:rsidR="009D52CC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009D52CC" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>NIMO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01D3C49B" w14:textId="77777777" w:rsidR="00291FD0" w:rsidRDefault="00291FD0" w:rsidP="00291FD0">
+    <w:p w14:paraId="01D3C49B" w14:textId="77777777" w:rsidR="00291FD0" w:rsidRPr="007432B9" w:rsidRDefault="00291FD0" w:rsidP="00291FD0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="342A2515" w14:textId="0B691584" w:rsidR="00291FD0" w:rsidRDefault="00673803" w:rsidP="00291FD0">
+    <w:p w14:paraId="342A2515" w14:textId="553FE7BB" w:rsidR="00291FD0" w:rsidRPr="007432B9" w:rsidRDefault="00673803" w:rsidP="00291FD0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00F237F1">
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="007432B9" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="00F237F1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m. rugsėjo</w:t>
+      </w:r>
+      <w:r w:rsidR="00833F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005E3D9F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005E3D9F" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">d. Nr. </w:t>
       </w:r>
-      <w:r w:rsidR="00171FBE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00171FBE" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
-      <w:r w:rsidR="00DF7DA9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DF7DA9" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00F237F1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00833F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>173</w:t>
+      </w:r>
+      <w:r w:rsidR="00F237F1" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F75BB3">
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005E3D9F" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(1.3</w:t>
       </w:r>
-      <w:r w:rsidR="00EE4FC0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00EE4FC0" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="005E3D9F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005E3D9F" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>E)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FDD6801" w14:textId="77777777" w:rsidR="00291FD0" w:rsidRDefault="00291FD0" w:rsidP="00291FD0">
+    <w:p w14:paraId="4FDD6801" w14:textId="77777777" w:rsidR="00291FD0" w:rsidRPr="007432B9" w:rsidRDefault="00291FD0" w:rsidP="00291FD0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Marijampolė</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BEBC2E1" w14:textId="77777777" w:rsidR="00291FD0" w:rsidRDefault="00291FD0" w:rsidP="00291FD0">
+    <w:p w14:paraId="7BEBC2E1" w14:textId="77777777" w:rsidR="00291FD0" w:rsidRPr="007432B9" w:rsidRDefault="00291FD0" w:rsidP="00291FD0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="1EA02DBF" w14:textId="6AE341B2" w:rsidR="00291FD0" w:rsidRPr="00DE261A" w:rsidRDefault="00291FD0" w:rsidP="00DE261A">
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EA02DBF" w14:textId="6AE341B2" w:rsidR="00291FD0" w:rsidRPr="007432B9" w:rsidRDefault="00291FD0" w:rsidP="00DE261A">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DE261A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vadovaudamasi </w:t>
       </w:r>
-      <w:r w:rsidR="00DE261A" w:rsidRPr="00DE261A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DE261A" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>Lietuvos Respublikos švietimo, mokslo ir sporto ministro 2024 m. liepos 19 d. įsakym</w:t>
-[...30 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">Lietuvos Respublikos švietimo, mokslo ir sporto ministro 2024 m. liepos 19 d. įsakymu Nr. V-818 patvirtintu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
-      <w:r w:rsidR="00DE261A" w:rsidRPr="00DE261A">
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DE261A" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos vaiko gerovės komisijos funkcijų, sudarymo ir jos darbo organizavimo tvarkos aprašo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">“ </w:t>
       </w:r>
-      <w:r w:rsidR="00DE261A" w:rsidRPr="00DE261A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DE261A" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE261A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> punktu:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0207C38B" w14:textId="238DA11A" w:rsidR="00291FD0" w:rsidRPr="00DE261A" w:rsidRDefault="00B60307" w:rsidP="00DE261A">
+    <w:p w14:paraId="0207C38B" w14:textId="308A6415" w:rsidR="00291FD0" w:rsidRPr="007432B9" w:rsidRDefault="00B60307" w:rsidP="00DE261A">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">S </w:t>
       </w:r>
-      <w:r w:rsidR="00EE4FC0" w:rsidRPr="00DE261A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00EE4FC0" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>k i r i u</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE261A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  202</w:t>
       </w:r>
-      <w:r w:rsidR="00C445D3">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E53A00" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
-      <w:r w:rsidR="00C445D3">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E53A00" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00291FD0" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> mokslo metų Vaiko gerovės komisij</w:t>
       </w:r>
-      <w:r w:rsidR="00360B24" w:rsidRPr="00DE261A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00360B24" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>os</w:t>
       </w:r>
-      <w:r w:rsidR="00291FD0" w:rsidRPr="00DE261A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00291FD0" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EE56616" w14:textId="215A88D2" w:rsidR="00291FD0" w:rsidRPr="00DE261A" w:rsidRDefault="00360B24" w:rsidP="00DE261A">
+    <w:p w14:paraId="7EE56616" w14:textId="215A88D2" w:rsidR="00291FD0" w:rsidRPr="007432B9" w:rsidRDefault="00360B24" w:rsidP="00DE261A">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00291FD0" w:rsidRPr="00DE261A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00291FD0" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pirminink</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE261A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="00291FD0" w:rsidRPr="00DE261A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00291FD0" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Rim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE261A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ą</w:t>
       </w:r>
-      <w:r w:rsidR="00291FD0" w:rsidRPr="00DE261A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00291FD0" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Baronien</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE261A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ę</w:t>
       </w:r>
-      <w:r w:rsidR="00291FD0" w:rsidRPr="00DE261A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00291FD0" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, direktoriaus pavaduotoj</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE261A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ą</w:t>
       </w:r>
-      <w:r w:rsidR="00291FD0" w:rsidRPr="00DE261A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00291FD0" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ugdymui;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="418A5BD8" w14:textId="245125D3" w:rsidR="00291FD0" w:rsidRPr="00DE261A" w:rsidRDefault="00291FD0" w:rsidP="00DE261A">
+    <w:p w14:paraId="418A5BD8" w14:textId="245125D3" w:rsidR="00291FD0" w:rsidRPr="007432B9" w:rsidRDefault="00291FD0" w:rsidP="00DE261A">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> pirmininkės </w:t>
       </w:r>
-      <w:r w:rsidR="00B60307" w:rsidRPr="00DE261A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00B60307" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">pavaduotoja – </w:t>
       </w:r>
-      <w:r w:rsidR="00C445D3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C445D3" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Astą Strumilaitę</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE261A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, socialin</w:t>
       </w:r>
-      <w:r w:rsidR="00360B24" w:rsidRPr="00DE261A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00360B24" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ę</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE261A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> pedagog</w:t>
       </w:r>
-      <w:r w:rsidR="00360B24" w:rsidRPr="00DE261A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00360B24" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ę</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE261A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73F255FE" w14:textId="2D2C70F1" w:rsidR="00291FD0" w:rsidRPr="00DE261A" w:rsidRDefault="00291FD0" w:rsidP="00DE261A">
+    <w:p w14:paraId="73F255FE" w14:textId="2D2C70F1" w:rsidR="00291FD0" w:rsidRPr="007432B9" w:rsidRDefault="00291FD0" w:rsidP="00DE261A">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CE461D" w:rsidRPr="00DE261A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00CE461D" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>komisijos sekretor</w:t>
       </w:r>
-      <w:r w:rsidR="00360B24" w:rsidRPr="00DE261A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00360B24" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE261A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Živil</w:t>
       </w:r>
-      <w:r w:rsidR="00360B24" w:rsidRPr="00DE261A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00360B24" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ę</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE261A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Siderien</w:t>
       </w:r>
-      <w:r w:rsidR="00360B24" w:rsidRPr="00DE261A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00360B24" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ę</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE261A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, mokytojo padėjėj</w:t>
       </w:r>
-      <w:r w:rsidR="00360B24" w:rsidRPr="00DE261A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00360B24" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ą</w:t>
       </w:r>
-      <w:r w:rsidR="00D03904" w:rsidRPr="00DE261A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D03904" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32D9DA06" w14:textId="23BB3ACF" w:rsidR="00291FD0" w:rsidRPr="00F40577" w:rsidRDefault="00EE4FC0" w:rsidP="00B5221C">
+    <w:p w14:paraId="32D9DA06" w14:textId="23BB3ACF" w:rsidR="00291FD0" w:rsidRPr="007432B9" w:rsidRDefault="00EE4FC0" w:rsidP="00B5221C">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">S u d a r a u </w:t>
       </w:r>
-      <w:r w:rsidR="00360B24" w:rsidRPr="00F40577">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00360B24" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vaiko gerovės </w:t>
       </w:r>
-      <w:r w:rsidR="00291FD0" w:rsidRPr="00F40577">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00291FD0" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>komisij</w:t>
       </w:r>
-      <w:r w:rsidR="00360B24" w:rsidRPr="00F40577">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00360B24" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ą</w:t>
       </w:r>
-      <w:r w:rsidR="00291FD0" w:rsidRPr="00F40577">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00291FD0" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A8DEF9E" w14:textId="0B7CAB5A" w:rsidR="00A92866" w:rsidRPr="00900CB0" w:rsidRDefault="00B5221C" w:rsidP="00B5221C">
+    <w:p w14:paraId="6A8DEF9E" w14:textId="0B7CAB5A" w:rsidR="00A92866" w:rsidRPr="007432B9" w:rsidRDefault="00B5221C" w:rsidP="00B5221C">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C445D3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C445D3" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Edita Vaickelionienė</w:t>
       </w:r>
-      <w:r w:rsidR="00A92866">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A92866" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, socialinė pedagogė,</w:t>
       </w:r>
-      <w:r w:rsidR="00F40577">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00F40577" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> - narė</w:t>
       </w:r>
-      <w:r w:rsidR="00A92866" w:rsidRPr="00900CB0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00A92866" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="622E7FA0" w14:textId="00821F34" w:rsidR="00291FD0" w:rsidRDefault="00B5221C" w:rsidP="00B5221C">
+    <w:p w14:paraId="622E7FA0" w14:textId="00821F34" w:rsidR="00291FD0" w:rsidRPr="007432B9" w:rsidRDefault="00B5221C" w:rsidP="00B5221C">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00291FD0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00291FD0" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Gailina Krakauskienė, specialioji pedagogė,</w:t>
       </w:r>
-      <w:r w:rsidR="00B15A81">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00B15A81" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> - narė</w:t>
       </w:r>
-      <w:r w:rsidR="00291FD0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00291FD0" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71FB82D3" w14:textId="1AF3C4E4" w:rsidR="00D03904" w:rsidRDefault="00B5221C" w:rsidP="00B5221C">
+    <w:p w14:paraId="71FB82D3" w14:textId="1E7AF855" w:rsidR="00D03904" w:rsidRPr="007432B9" w:rsidRDefault="00B5221C" w:rsidP="00B5221C">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A02162" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Raminta Sinkevičienė</w:t>
+      </w:r>
+      <w:r w:rsidR="00D03904" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, logopedė,</w:t>
       </w:r>
-      <w:r w:rsidR="00B15A81">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00B15A81" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> - narė</w:t>
       </w:r>
-      <w:r w:rsidR="00D03904">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D03904" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CE3074D" w14:textId="547E02C7" w:rsidR="00291FD0" w:rsidRDefault="00B5221C" w:rsidP="00B5221C">
+    <w:p w14:paraId="0A9552D0" w14:textId="4FE886B0" w:rsidR="00E53A00" w:rsidRPr="007432B9" w:rsidRDefault="00E53A00" w:rsidP="00B5221C">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...53 lines deleted...]
-    <w:p w14:paraId="781E52A0" w14:textId="673AE3EA" w:rsidR="00291FD0" w:rsidRDefault="00B5221C" w:rsidP="00B5221C">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Natalija </w:t>
+      </w:r>
+      <w:r w:rsidR="00A02162" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Zaveckė</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, logopedė, - narė;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CE3074D" w14:textId="547E02C7" w:rsidR="00291FD0" w:rsidRPr="007432B9" w:rsidRDefault="00B5221C" w:rsidP="00B5221C">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00495594" w:rsidRPr="00495594">
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00291FD0" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Anžela Paplauskienė, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D03904" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>direktoriaus pavaduotoja ugdymui</w:t>
+      </w:r>
+      <w:r w:rsidR="00291FD0" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B15A81" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> - narė</w:t>
       </w:r>
-      <w:r w:rsidR="00291FD0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00291FD0" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E54B5CB" w14:textId="6EAC9DB3" w:rsidR="00291FD0" w:rsidRDefault="00B5221C" w:rsidP="00B5221C">
+    <w:p w14:paraId="781E52A0" w14:textId="673AE3EA" w:rsidR="00291FD0" w:rsidRPr="007432B9" w:rsidRDefault="00B5221C" w:rsidP="00B5221C">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00262010">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00495594" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rasa Berteškaitė</w:t>
+      </w:r>
+      <w:r w:rsidR="00291FD0" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, psichologė,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B15A81" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - narė</w:t>
+      </w:r>
+      <w:r w:rsidR="00291FD0" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E54B5CB" w14:textId="6EAC9DB3" w:rsidR="00291FD0" w:rsidRPr="007432B9" w:rsidRDefault="00B5221C" w:rsidP="00B5221C">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00262010" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vilma Šapalienė</w:t>
       </w:r>
-      <w:r w:rsidR="00291FD0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00291FD0" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, pradinių klasių mokytoja,</w:t>
       </w:r>
-      <w:r w:rsidR="00B15A81">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00B15A81" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> - narė</w:t>
       </w:r>
-      <w:r w:rsidR="00291FD0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00291FD0" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68A757E8" w14:textId="47AB7BB1" w:rsidR="00291FD0" w:rsidRPr="006D0B28" w:rsidRDefault="00B5221C" w:rsidP="00B5221C">
+    <w:p w14:paraId="68A757E8" w14:textId="15FB9E18" w:rsidR="00291FD0" w:rsidRPr="007432B9" w:rsidRDefault="00B5221C" w:rsidP="00B5221C">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidR="000A18AD" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Inga Lastauskienė, anglų kalbos</w:t>
       </w:r>
-      <w:r w:rsidR="00291FD0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00291FD0" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> mokytoja,</w:t>
       </w:r>
-      <w:r w:rsidR="000A18AD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="000A18AD" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> - narė</w:t>
       </w:r>
-      <w:r w:rsidR="00291FD0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00291FD0" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76E453CB" w14:textId="2B39161E" w:rsidR="00A92866" w:rsidRDefault="00291FD0" w:rsidP="00B5221C">
+    <w:p w14:paraId="76E453CB" w14:textId="7891D621" w:rsidR="00A92866" w:rsidRPr="007432B9" w:rsidRDefault="00291FD0" w:rsidP="00B5221C">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P r i p a ž į s t u netekusiu galios Marijampolės „Šal</w:t>
+      </w:r>
+      <w:r w:rsidR="00B60307" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tinio“ progimnazijos 202</w:t>
       </w:r>
-      <w:r w:rsidR="00E673AE">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="006541D1" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00B60307" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> m. rugsėjo </w:t>
       </w:r>
-      <w:r w:rsidR="00312DCF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00312DCF" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00291FD0">
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B60307" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> direktoriaus įsakymą Nr. V-</w:t>
       </w:r>
-      <w:r w:rsidR="00E673AE">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E673AE" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidR="006541D1" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00862068" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1.3.E)</w:t>
       </w:r>
-      <w:r w:rsidR="00B60307">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00B60307" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> „Dėl 202</w:t>
       </w:r>
-      <w:r w:rsidR="00E673AE">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="006541D1" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00B60307" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
-      <w:r w:rsidR="00E673AE">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="006541D1" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> mokslo metų Vaiko gerovės komisijos sudėties</w:t>
       </w:r>
-      <w:r w:rsidR="00A92866">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A92866" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> tvirtinimo</w:t>
       </w:r>
-      <w:r w:rsidRPr="00291FD0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="306F7DE5" w14:textId="77777777" w:rsidR="00A92866" w:rsidRPr="00A92866" w:rsidRDefault="00A92866" w:rsidP="00A92866">
+    <w:p w14:paraId="306F7DE5" w14:textId="77777777" w:rsidR="00A92866" w:rsidRPr="007432B9" w:rsidRDefault="00A92866" w:rsidP="00A92866">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="403D8A71" w14:textId="77777777" w:rsidR="00291FD0" w:rsidRDefault="00291FD0" w:rsidP="00291FD0">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="403D8A71" w14:textId="77777777" w:rsidR="00291FD0" w:rsidRPr="007432B9" w:rsidRDefault="00291FD0" w:rsidP="00291FD0">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="13F4D923" w14:textId="77777777" w:rsidR="00291FD0" w:rsidRDefault="00291FD0" w:rsidP="00291FD0">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13F4D923" w14:textId="77777777" w:rsidR="00291FD0" w:rsidRPr="007432B9" w:rsidRDefault="00291FD0" w:rsidP="00291FD0">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="333ABD27" w14:textId="7FAFB040" w:rsidR="00291FD0" w:rsidRDefault="00291FD0" w:rsidP="00291FD0">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="333ABD27" w14:textId="219D90DB" w:rsidR="00291FD0" w:rsidRPr="007432B9" w:rsidRDefault="00291FD0" w:rsidP="00291FD0">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Direktor</w:t>
       </w:r>
-      <w:r w:rsidR="00B00367">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00B00367" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ė</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                       </w:t>
+      </w:r>
+      <w:r w:rsidR="00B00367" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Asta Kulbokienė</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F7745CD" w14:textId="3DB7E20D" w:rsidR="00291FD0" w:rsidRDefault="00291FD0" w:rsidP="00291FD0">
+    <w:p w14:paraId="6F7745CD" w14:textId="3DB7E20D" w:rsidR="00291FD0" w:rsidRPr="007432B9" w:rsidRDefault="00291FD0" w:rsidP="00291FD0">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="5267D9D3" w14:textId="77777777" w:rsidR="00DF7DA9" w:rsidRDefault="00DF7DA9" w:rsidP="00291FD0">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5267D9D3" w14:textId="77777777" w:rsidR="00DF7DA9" w:rsidRPr="007432B9" w:rsidRDefault="00DF7DA9" w:rsidP="00291FD0">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="2E984FDB" w14:textId="77777777" w:rsidR="00E673AE" w:rsidRDefault="00E673AE" w:rsidP="00291FD0">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E984FDB" w14:textId="77777777" w:rsidR="00E673AE" w:rsidRPr="007432B9" w:rsidRDefault="00E673AE" w:rsidP="00291FD0">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="37B6E67E" w14:textId="77777777" w:rsidR="00E673AE" w:rsidRDefault="00E673AE" w:rsidP="00291FD0">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="686A6210" w14:textId="77777777" w:rsidR="00E673AE" w:rsidRPr="007432B9" w:rsidRDefault="00E673AE" w:rsidP="00291FD0">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="08214863" w14:textId="77777777" w:rsidR="00E673AE" w:rsidRDefault="00E673AE" w:rsidP="00291FD0">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C4E6F43" w14:textId="77777777" w:rsidR="00E673AE" w:rsidRPr="007432B9" w:rsidRDefault="00E673AE" w:rsidP="00291FD0">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="3941F0C1" w14:textId="77777777" w:rsidR="00E673AE" w:rsidRDefault="00E673AE" w:rsidP="00291FD0">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D375531" w14:textId="77777777" w:rsidR="00E673AE" w:rsidRPr="007432B9" w:rsidRDefault="00E673AE" w:rsidP="00291FD0">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="5F29E7F7" w14:textId="77777777" w:rsidR="00E673AE" w:rsidRDefault="00E673AE" w:rsidP="00291FD0">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01626C77" w14:textId="48692174" w:rsidR="00BB3556" w:rsidRPr="007432B9" w:rsidRDefault="00291FD0" w:rsidP="00B60307">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...54 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rima Baronienė, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E53A00" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>+370</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00367" w:rsidRPr="007432B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>60722989</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00BB3556" w:rsidRPr="007A2FB4">
+    <w:sectPr w:rsidR="00BB3556" w:rsidRPr="007432B9">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53FD597A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="46246626"/>
     <w:lvl w:ilvl="0" w:tplc="59DCDEE2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -1926,141 +1886,155 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="193619319">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="129"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00291FD0"/>
     <w:rsid w:val="000A18AD"/>
     <w:rsid w:val="000B3683"/>
     <w:rsid w:val="001036E4"/>
     <w:rsid w:val="00171FBE"/>
     <w:rsid w:val="00262010"/>
     <w:rsid w:val="00291FD0"/>
+    <w:rsid w:val="002C07EC"/>
     <w:rsid w:val="002F0F28"/>
     <w:rsid w:val="002F3ED0"/>
     <w:rsid w:val="00312DCF"/>
     <w:rsid w:val="00343859"/>
     <w:rsid w:val="00360B24"/>
     <w:rsid w:val="003C7D3F"/>
     <w:rsid w:val="0040335E"/>
+    <w:rsid w:val="004078F1"/>
     <w:rsid w:val="00495594"/>
     <w:rsid w:val="005303F6"/>
     <w:rsid w:val="005E3D9F"/>
+    <w:rsid w:val="006541D1"/>
     <w:rsid w:val="00673803"/>
     <w:rsid w:val="006D0B28"/>
     <w:rsid w:val="00702397"/>
     <w:rsid w:val="00714AC0"/>
     <w:rsid w:val="0074045A"/>
+    <w:rsid w:val="007432B9"/>
     <w:rsid w:val="007A2FB4"/>
+    <w:rsid w:val="007A780F"/>
+    <w:rsid w:val="00833F75"/>
     <w:rsid w:val="00862068"/>
     <w:rsid w:val="008776DF"/>
     <w:rsid w:val="00900CB0"/>
     <w:rsid w:val="009D52CC"/>
     <w:rsid w:val="009F351C"/>
     <w:rsid w:val="00A014C0"/>
+    <w:rsid w:val="00A02162"/>
     <w:rsid w:val="00A92866"/>
+    <w:rsid w:val="00AE46B9"/>
     <w:rsid w:val="00B00367"/>
     <w:rsid w:val="00B15A81"/>
+    <w:rsid w:val="00B23F4E"/>
     <w:rsid w:val="00B5221C"/>
     <w:rsid w:val="00B60307"/>
+    <w:rsid w:val="00B6764D"/>
     <w:rsid w:val="00BB3556"/>
+    <w:rsid w:val="00C27E0B"/>
     <w:rsid w:val="00C445D3"/>
     <w:rsid w:val="00CE461D"/>
     <w:rsid w:val="00D03904"/>
+    <w:rsid w:val="00D16ED5"/>
+    <w:rsid w:val="00D645CF"/>
     <w:rsid w:val="00DE261A"/>
     <w:rsid w:val="00DF7DA9"/>
+    <w:rsid w:val="00E53A00"/>
     <w:rsid w:val="00E673AE"/>
     <w:rsid w:val="00E94DF8"/>
     <w:rsid w:val="00EE4FC0"/>
     <w:rsid w:val="00F237F1"/>
     <w:rsid w:val="00F40577"/>
     <w:rsid w:val="00F75BB3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="60DEC34F"/>
   <w15:docId w15:val="{00EE48F8-4605-499B-978D-139A150727E9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2496,51 +2470,51 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DebesliotekstasDiagrama">
     <w:name w:val="Debesėlio tekstas Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Debesliotekstas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00291FD0"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="873077371">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1988047700">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -2825,72 +2799,72 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1158</Words>
-  <Characters>661</Characters>
+  <Words>1152</Words>
+  <Characters>658</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1816</CharactersWithSpaces>
+  <CharactersWithSpaces>1807</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>NBBaron</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>