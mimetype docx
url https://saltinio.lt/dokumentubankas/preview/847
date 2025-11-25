--- v0 (2025-10-09)
+++ v1 (2025-11-25)
@@ -1,59 +1,61 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4C04A835" w14:textId="77777777" w:rsidR="006E2BE2" w:rsidRDefault="006E2BE2" w:rsidP="006E2BE2">
+    <w:p w14:paraId="4C04A835" w14:textId="77777777" w:rsidR="006E2BE2" w:rsidRPr="00F175F5" w:rsidRDefault="006E2BE2" w:rsidP="006E2BE2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="37BFB52A" wp14:editId="5095D16A">
             <wp:extent cx="495300" cy="552450"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Picture 1" descr="Description: vytis"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="Description: vytis"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5">
                       <a:lum bright="-30000" contrast="96000"/>
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -64,1286 +66,1457 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="495300" cy="552450"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69B5DF3B" w14:textId="77777777" w:rsidR="006E2BE2" w:rsidRDefault="006E2BE2" w:rsidP="006E2BE2">
+    <w:p w14:paraId="69B5DF3B" w14:textId="77777777" w:rsidR="006E2BE2" w:rsidRPr="00F175F5" w:rsidRDefault="006E2BE2" w:rsidP="006E2BE2">
       <w:pPr>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="0141BC72" w14:textId="77777777" w:rsidR="006E2BE2" w:rsidRDefault="006E2BE2" w:rsidP="006E2BE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0141BC72" w14:textId="77777777" w:rsidR="006E2BE2" w:rsidRPr="00F175F5" w:rsidRDefault="006E2BE2" w:rsidP="006E2BE2">
       <w:pPr>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="51E70501" w14:textId="77777777" w:rsidR="006E2BE2" w:rsidRDefault="006E2BE2" w:rsidP="006E2BE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51E70501" w14:textId="0A9D80A2" w:rsidR="006E2BE2" w:rsidRPr="00F175F5" w:rsidRDefault="006E2BE2" w:rsidP="006E2BE2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">MARIJAMPOLĖS </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>MARIJAMPOLĖS</w:t>
+      </w:r>
+      <w:r w:rsidR="00F175F5" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>,,ŠALTINIO” PROGIMNAZIJOS</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="26B7DBEC" w14:textId="77777777" w:rsidR="006E2BE2" w:rsidRDefault="006E2BE2" w:rsidP="006E2BE2">
+        <w:t xml:space="preserve"> “</w:t>
+      </w:r>
+      <w:r w:rsidR="00E439C3" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ŠALTINIO” PROGIMNAZIJOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26B7DBEC" w14:textId="77777777" w:rsidR="006E2BE2" w:rsidRPr="00F175F5" w:rsidRDefault="006E2BE2" w:rsidP="006E2BE2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DIREKTORIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="767CA288" w14:textId="77777777" w:rsidR="006E2BE2" w:rsidRDefault="006E2BE2" w:rsidP="006E2BE2">
+    <w:p w14:paraId="767CA288" w14:textId="77777777" w:rsidR="006E2BE2" w:rsidRPr="00F175F5" w:rsidRDefault="006E2BE2" w:rsidP="006E2BE2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26742548" w14:textId="77777777" w:rsidR="006E2BE2" w:rsidRDefault="006E2BE2" w:rsidP="006E2BE2">
+    <w:p w14:paraId="26742548" w14:textId="77777777" w:rsidR="006E2BE2" w:rsidRPr="00F175F5" w:rsidRDefault="006E2BE2" w:rsidP="006E2BE2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ĮSAKYMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50C707F5" w14:textId="47BA5CA0" w:rsidR="006E2BE2" w:rsidRDefault="00783378" w:rsidP="006E2BE2">
+    <w:p w14:paraId="50C707F5" w14:textId="5E16D48A" w:rsidR="006E2BE2" w:rsidRPr="00F175F5" w:rsidRDefault="00783378" w:rsidP="006E2BE2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DĖL 202</w:t>
       </w:r>
-      <w:r w:rsidR="009440D8">
-        <w:rPr>
+      <w:r w:rsidR="004E63E6" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
-      <w:r w:rsidR="009440D8">
-        <w:rPr>
+      <w:r w:rsidR="004E63E6" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="006E2BE2" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MOKSLO METŲ METODINĖS TARYBOS </w:t>
+      </w:r>
+      <w:r w:rsidR="00C87216" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SUDARYMO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E8922CF" w14:textId="77777777" w:rsidR="006E2BE2" w:rsidRPr="00F175F5" w:rsidRDefault="006E2BE2" w:rsidP="006E2BE2">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E09531C" w14:textId="6ECA000A" w:rsidR="00F07C39" w:rsidRPr="00F175F5" w:rsidRDefault="00740CF6" w:rsidP="00F07C39">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="004E63E6" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="006E2BE2">
-[...16 lines deleted...]
-    <w:p w14:paraId="7E8922CF" w14:textId="77777777" w:rsidR="006E2BE2" w:rsidRDefault="006E2BE2" w:rsidP="006E2BE2">
+      <w:r w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m. rugsėjo</w:t>
+      </w:r>
+      <w:r w:rsidR="00333FED" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00781E4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="004E63E6" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F07C39" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>d. Nr. V-</w:t>
+      </w:r>
+      <w:r w:rsidR="00781E4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>174</w:t>
+      </w:r>
+      <w:r w:rsidR="004E63E6" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F07C39" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>(1.3</w:t>
+      </w:r>
+      <w:r w:rsidR="00B7024B" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F07C39" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>E)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76C6595F" w14:textId="77777777" w:rsidR="006E2BE2" w:rsidRPr="00F175F5" w:rsidRDefault="006E2BE2" w:rsidP="006E2BE2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...5 lines deleted...]
-    <w:p w14:paraId="6E09531C" w14:textId="3EA4FB46" w:rsidR="00F07C39" w:rsidRDefault="00740CF6" w:rsidP="00F07C39">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="325F899F" w14:textId="77777777" w:rsidR="006E2BE2" w:rsidRPr="00F175F5" w:rsidRDefault="006E2BE2" w:rsidP="006E2BE2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...85 lines deleted...]
-    <w:p w14:paraId="76C6595F" w14:textId="77777777" w:rsidR="006E2BE2" w:rsidRPr="00DE3DF9" w:rsidRDefault="006E2BE2" w:rsidP="006E2BE2">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Marijampolė </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="162F7933" w14:textId="77777777" w:rsidR="006E2BE2" w:rsidRPr="00F175F5" w:rsidRDefault="006E2BE2" w:rsidP="006E2BE2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...33 lines deleted...]
-    <w:p w14:paraId="3649443D" w14:textId="70AE6A61" w:rsidR="006E2BE2" w:rsidRPr="00DE3DF9" w:rsidRDefault="006E2BE2" w:rsidP="006E2BE2">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3649443D" w14:textId="0052AB30" w:rsidR="006E2BE2" w:rsidRPr="00CA224C" w:rsidRDefault="006E2BE2" w:rsidP="006E2BE2">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>Vadovaudamasi Marijampolės</w:t>
       </w:r>
-      <w:r w:rsidR="00C2105B" w:rsidRPr="00DE3DF9">
-[...16 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00F175F5" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2105B" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>Šaltinio” progimnazijos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE3DF9">
-        <w:rPr>
+      <w:r w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t xml:space="preserve"> nuo</w:t>
       </w:r>
-      <w:r w:rsidR="00783378" w:rsidRPr="00DE3DF9">
-[...16 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00783378" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">statų, patvirtintų </w:t>
+      </w:r>
+      <w:r w:rsidR="00783378" w:rsidRPr="00CA224C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>Marijampolės savivaldybės tarybos 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00F175F5" w:rsidRPr="00CA224C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00783378" w:rsidRPr="00CA224C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m. g</w:t>
+      </w:r>
+      <w:r w:rsidR="00F175F5" w:rsidRPr="00CA224C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>ruodžio 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00783378" w:rsidRPr="00CA224C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d. sprendimu Nr. 1-</w:t>
+      </w:r>
+      <w:r w:rsidR="00F175F5" w:rsidRPr="00CA224C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>419</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2105B" w:rsidRPr="00CA224C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>, 3</w:t>
+      </w:r>
+      <w:r w:rsidR="00F175F5" w:rsidRPr="00CA224C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA224C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t xml:space="preserve"> punktu</w:t>
       </w:r>
-      <w:r w:rsidR="00E814AF">
-        <w:rPr>
+      <w:r w:rsidR="00E814AF" w:rsidRPr="00CA224C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25CC5A74" w14:textId="36139F66" w:rsidR="001F0BFF" w:rsidRPr="00255164" w:rsidRDefault="00E814AF" w:rsidP="00E814AF">
+    <w:p w14:paraId="25CC5A74" w14:textId="4A47B705" w:rsidR="001F0BFF" w:rsidRPr="00F175F5" w:rsidRDefault="00E814AF" w:rsidP="00E814AF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="006E2BE2">
-        <w:rPr>
+      <w:r w:rsidR="006E2BE2" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> u d a r a u</w:t>
       </w:r>
-      <w:r w:rsidR="00255164">
-        <w:rPr>
+      <w:r w:rsidR="00255164" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006E2BE2" w:rsidRPr="00255164">
-        <w:rPr>
+      <w:r w:rsidR="006E2BE2" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Marijampolės </w:t>
       </w:r>
-      <w:r w:rsidR="006E2BE2" w:rsidRPr="00255164">
-        <w:rPr>
+      <w:r w:rsidR="006E2BE2" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
-      <w:r w:rsidR="00783378" w:rsidRPr="00255164">
-        <w:rPr>
+      <w:r w:rsidR="00783378" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Šaltinio” progimnazijos 202</w:t>
       </w:r>
-      <w:r w:rsidR="009440D8">
-[...7 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="004E63E6" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00783378" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
-      <w:r w:rsidR="009440D8">
-[...7 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="004E63E6" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00783378" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> mokslo metų M</w:t>
       </w:r>
-      <w:r w:rsidR="006E2BE2" w:rsidRPr="00255164">
-        <w:rPr>
+      <w:r w:rsidR="006E2BE2" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>etodinę tarybą:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05074876" w14:textId="219CBD39" w:rsidR="00E814AF" w:rsidRDefault="00B7024B" w:rsidP="00E814AF">
+    <w:p w14:paraId="05074876" w14:textId="219CBD39" w:rsidR="00E814AF" w:rsidRPr="00F175F5" w:rsidRDefault="00B7024B" w:rsidP="00E814AF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:firstLine="349"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Rima Berčiūnienė</w:t>
       </w:r>
-      <w:r w:rsidR="001246BE">
-        <w:rPr>
+      <w:r w:rsidR="001246BE" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, pradinių klasių mokytoja</w:t>
       </w:r>
-      <w:r w:rsidR="006E2BE2" w:rsidRPr="00E814AF">
-        <w:rPr>
+      <w:r w:rsidR="006E2BE2" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – pirmininkė.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3878D78F" w14:textId="77777777" w:rsidR="00E814AF" w:rsidRDefault="006E2BE2" w:rsidP="00E814AF">
+    <w:p w14:paraId="3878D78F" w14:textId="77777777" w:rsidR="00E814AF" w:rsidRPr="00F175F5" w:rsidRDefault="006E2BE2" w:rsidP="00E814AF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:firstLine="349"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Rima Baronienė, direktoriaus pavaduotoja ugdymui – narė.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54E49998" w14:textId="028A15AB" w:rsidR="00E814AF" w:rsidRDefault="00475292" w:rsidP="00F645DA">
+    <w:p w14:paraId="54E49998" w14:textId="028A15AB" w:rsidR="00E814AF" w:rsidRPr="00F175F5" w:rsidRDefault="00475292" w:rsidP="00F645DA">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sandra Vasiliauskienė</w:t>
       </w:r>
-      <w:r w:rsidR="006E2BE2" w:rsidRPr="00E814AF">
-        <w:rPr>
+      <w:r w:rsidR="006E2BE2" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, anglų, vokiečių ir rusų kalbų metodinės grupės pirmininkė – narė.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3840A839" w14:textId="77777777" w:rsidR="00E814AF" w:rsidRDefault="00B7024B" w:rsidP="00F645DA">
+    <w:p w14:paraId="3840A839" w14:textId="77777777" w:rsidR="00E814AF" w:rsidRPr="00F175F5" w:rsidRDefault="00B7024B" w:rsidP="00F645DA">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vilija Kazlauskienė</w:t>
       </w:r>
-      <w:r w:rsidR="007D6B46" w:rsidRPr="00E814AF">
-        <w:rPr>
+      <w:r w:rsidR="007D6B46" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, tiksliųjų ir gamtos mokslų, informacinių technologijų</w:t>
       </w:r>
-      <w:r w:rsidR="006E2BE2" w:rsidRPr="00E814AF">
-        <w:rPr>
+      <w:r w:rsidR="006E2BE2" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> metodinės grupės pirmininkė – narė.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="749A038E" w14:textId="1C866C6B" w:rsidR="00E814AF" w:rsidRDefault="009875A5" w:rsidP="00F645DA">
+    <w:p w14:paraId="749A038E" w14:textId="1C866C6B" w:rsidR="00E814AF" w:rsidRPr="00F175F5" w:rsidRDefault="009875A5" w:rsidP="00F645DA">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Liucija Maurušaitienė</w:t>
       </w:r>
-      <w:r w:rsidR="006E2BE2" w:rsidRPr="00E814AF">
-        <w:rPr>
+      <w:r w:rsidR="006E2BE2" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, socialinių</w:t>
       </w:r>
-      <w:r w:rsidR="00CC159C" w:rsidRPr="00E814AF">
-        <w:rPr>
+      <w:r w:rsidR="00CC159C" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> mokslų</w:t>
       </w:r>
-      <w:r w:rsidR="007D6B46" w:rsidRPr="00E814AF">
-        <w:rPr>
+      <w:r w:rsidR="007D6B46" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, lietuvių kalbos</w:t>
       </w:r>
-      <w:r w:rsidR="006E2BE2" w:rsidRPr="00E814AF">
-        <w:rPr>
+      <w:r w:rsidR="006E2BE2" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir dorinio ugdymo metodinės grupės pirmininkė – narė.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CC8229B" w14:textId="77777777" w:rsidR="00E814AF" w:rsidRDefault="00B7024B" w:rsidP="00E814AF">
+    <w:p w14:paraId="6CC8229B" w14:textId="77777777" w:rsidR="00E814AF" w:rsidRPr="00F175F5" w:rsidRDefault="00B7024B" w:rsidP="00F175F5">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Lina Čižikienė</w:t>
+      </w:r>
+      <w:r w:rsidR="006E2BE2" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, pradinio ugdymo metodinės grupės pirmininkė – narė.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4434F89B" w14:textId="5297A7FF" w:rsidR="00E814AF" w:rsidRPr="00F175F5" w:rsidRDefault="009875A5" w:rsidP="00136D2F">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Skirmantė Daugėlienė</w:t>
+      </w:r>
+      <w:r w:rsidR="006E2BE2" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, men</w:t>
+      </w:r>
+      <w:r w:rsidR="00867896" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ų</w:t>
+      </w:r>
+      <w:r w:rsidR="005121EA" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, technologijų ir fizinio ugdymo</w:t>
+      </w:r>
+      <w:r w:rsidR="006E2BE2" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> metodinės grupės pirmininkė – narė.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0625A425" w14:textId="079C7370" w:rsidR="00E814AF" w:rsidRPr="00F175F5" w:rsidRDefault="009702CC" w:rsidP="00F645DA">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Asta Strumilaitė</w:t>
+      </w:r>
+      <w:r w:rsidR="006E2BE2" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, pagalbos mokiniui specialistų metodinės grupės pirmininkė – narė.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D0473D7" w14:textId="48C69A98" w:rsidR="006E2BE2" w:rsidRPr="00F175F5" w:rsidRDefault="006E2BE2" w:rsidP="00E814AF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:firstLine="349"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...112 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Anžela Paplauskienė, </w:t>
       </w:r>
-      <w:r w:rsidR="00F30751" w:rsidRPr="00E814AF">
-        <w:rPr>
+      <w:r w:rsidR="00F30751" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>direktoriaus pavaduotoja ugdymui</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E814AF">
-        <w:rPr>
+      <w:r w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – narė.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EDCE263" w14:textId="4D6850B1" w:rsidR="006E2BE2" w:rsidRPr="00BD30AD" w:rsidRDefault="006E2BE2" w:rsidP="00E754D4">
+    <w:p w14:paraId="3EDCE263" w14:textId="794DE8B6" w:rsidR="006E2BE2" w:rsidRPr="00F175F5" w:rsidRDefault="006E2BE2" w:rsidP="00E754D4">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>P r i p a ž į s t u netekusiu galios Marijampolės „Šal</w:t>
       </w:r>
-      <w:r w:rsidR="00783378" w:rsidRPr="00BD30AD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00783378" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tinio“ progimnazijos 202</w:t>
       </w:r>
-      <w:r w:rsidR="009440D8">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004E63E6" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> m. </w:t>
       </w:r>
-      <w:r w:rsidR="00783378" w:rsidRPr="00BD30AD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00783378" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">rugsėjo </w:t>
       </w:r>
-      <w:r w:rsidR="00202B23">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00202B23" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="00E439C3" w:rsidRPr="00BD30AD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E439C3" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BD30AD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="00CC159C" w:rsidRPr="00BD30AD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00CC159C" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00E439C3" w:rsidRPr="00BD30AD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E439C3" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> direktor</w:t>
       </w:r>
-      <w:r w:rsidR="009642F6" w:rsidRPr="00BD30AD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009642F6" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">iaus </w:t>
       </w:r>
-      <w:r w:rsidR="00783378" w:rsidRPr="00BD30AD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00783378" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>įsakymą Nr. V-</w:t>
       </w:r>
-      <w:r w:rsidR="009440D8">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009440D8" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="004E63E6" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="009440D8" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9 (1.3.E)</w:t>
+      </w:r>
+      <w:r w:rsidR="00783378" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> „Dėl</w:t>
       </w:r>
-      <w:r w:rsidR="00BD30AD" w:rsidRPr="00BD30AD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00BD30AD" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
-      <w:r w:rsidR="009440D8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004E63E6" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD30AD" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
-      <w:r w:rsidR="009440D8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004E63E6" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>4</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD30AD" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> mokslo metų metodinės tarybos </w:t>
       </w:r>
-      <w:r w:rsidR="009440D8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009440D8" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>sudarymo</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BD30AD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AE5BD4B" w14:textId="77777777" w:rsidR="006E2BE2" w:rsidRPr="00BD30AD" w:rsidRDefault="006E2BE2" w:rsidP="006E2BE2">
+    <w:p w14:paraId="3AE5BD4B" w14:textId="77777777" w:rsidR="006E2BE2" w:rsidRPr="00F175F5" w:rsidRDefault="006E2BE2" w:rsidP="006E2BE2">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="1A9BAB1C" w14:textId="77777777" w:rsidR="006E2BE2" w:rsidRPr="00BD30AD" w:rsidRDefault="006E2BE2" w:rsidP="006E2BE2">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A9BAB1C" w14:textId="77777777" w:rsidR="006E2BE2" w:rsidRPr="00F175F5" w:rsidRDefault="006E2BE2" w:rsidP="006E2BE2">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:ind w:left="1069"/>
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="55B7C391" w14:textId="77777777" w:rsidR="006E2BE2" w:rsidRPr="00106DE0" w:rsidRDefault="006E2BE2" w:rsidP="00106DE0">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="55B7C391" w14:textId="77777777" w:rsidR="006E2BE2" w:rsidRPr="00F175F5" w:rsidRDefault="006E2BE2" w:rsidP="00106DE0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05D67F26" w14:textId="76BD35F5" w:rsidR="006E2BE2" w:rsidRPr="00106DE0" w:rsidRDefault="006E2BE2" w:rsidP="006E2BE2">
+    <w:p w14:paraId="05D67F26" w14:textId="598D5065" w:rsidR="006E2BE2" w:rsidRPr="00F175F5" w:rsidRDefault="006E2BE2" w:rsidP="006E2BE2">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:ind w:left="1069" w:hanging="1069"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>Direktor</w:t>
       </w:r>
-      <w:r w:rsidR="00581CA8" w:rsidRPr="00106DE0">
-        <w:rPr>
+      <w:r w:rsidR="00581CA8" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>ė</w:t>
       </w:r>
-      <w:r w:rsidRPr="00106DE0">
-[...8 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                </w:t>
+      </w:r>
+      <w:r w:rsidR="00B20D6E" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
-      <w:r w:rsidRPr="00106DE0">
-        <w:rPr>
+      <w:r w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
-      <w:r w:rsidR="00581CA8" w:rsidRPr="00106DE0">
-        <w:rPr>
+      <w:r w:rsidR="00581CA8" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>Asta Kulbokienė</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10D896BF" w14:textId="77777777" w:rsidR="006E2BE2" w:rsidRPr="00106DE0" w:rsidRDefault="006E2BE2" w:rsidP="006E2BE2">
+    <w:p w14:paraId="10D896BF" w14:textId="77777777" w:rsidR="006E2BE2" w:rsidRPr="00F175F5" w:rsidRDefault="006E2BE2" w:rsidP="006E2BE2">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:ind w:left="1069" w:hanging="1069"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="601BCADE" w14:textId="77777777" w:rsidR="006E2BE2" w:rsidRPr="00106DE0" w:rsidRDefault="006E2BE2" w:rsidP="006E2BE2">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07463FB6" w14:textId="77777777" w:rsidR="00106DE0" w:rsidRPr="00F175F5" w:rsidRDefault="00106DE0" w:rsidP="00F175F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DC7A82D" w14:textId="77777777" w:rsidR="00106DE0" w:rsidRPr="00F175F5" w:rsidRDefault="00106DE0" w:rsidP="006E2BE2">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:ind w:left="1069" w:hanging="1069"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="25428A4E" w14:textId="77777777" w:rsidR="006E2BE2" w:rsidRDefault="006E2BE2" w:rsidP="006E2BE2">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="611BD7A8" w14:textId="77777777" w:rsidR="00106DE0" w:rsidRPr="00F175F5" w:rsidRDefault="00106DE0" w:rsidP="006E2BE2">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:ind w:left="1069" w:hanging="1069"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="2A6464C4" w14:textId="77777777" w:rsidR="00106DE0" w:rsidRDefault="00106DE0" w:rsidP="006E2BE2">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04C09C25" w14:textId="3F1337F2" w:rsidR="006E2BE2" w:rsidRPr="00F175F5" w:rsidRDefault="006E2BE2" w:rsidP="006E2BE2">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:ind w:left="1069" w:hanging="1069"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...68 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rima Baronienė, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>+370</w:t>
+      </w:r>
+      <w:r w:rsidR="00581CA8" w:rsidRPr="00F175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>60722989</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C32E7B1" w14:textId="77777777" w:rsidR="006E2BE2" w:rsidRPr="00106DE0" w:rsidRDefault="006E2BE2" w:rsidP="006E2BE2">
-[...13 lines deleted...]
-    <w:sectPr w:rsidR="00077871" w:rsidRPr="00106DE0">
+    <w:p w14:paraId="77EF709A" w14:textId="77777777" w:rsidR="00077871" w:rsidRPr="00F175F5" w:rsidRDefault="00077871">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00077871" w:rsidRPr="00F175F5">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D3B50B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CE16C6E2"/>
     <w:lvl w:ilvl="0" w:tplc="179ADF08">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -1655,155 +1828,163 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="798062345">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006E2BE2"/>
     <w:rsid w:val="00006DBD"/>
     <w:rsid w:val="00073D0B"/>
     <w:rsid w:val="00077871"/>
     <w:rsid w:val="00106DE0"/>
     <w:rsid w:val="001133C1"/>
     <w:rsid w:val="001246BE"/>
     <w:rsid w:val="0013462F"/>
     <w:rsid w:val="00136D2F"/>
     <w:rsid w:val="0016214F"/>
     <w:rsid w:val="001A5993"/>
     <w:rsid w:val="001A5CBA"/>
+    <w:rsid w:val="001D425D"/>
     <w:rsid w:val="001F0BFF"/>
     <w:rsid w:val="00202B23"/>
     <w:rsid w:val="00255164"/>
     <w:rsid w:val="00257EF0"/>
     <w:rsid w:val="00291A6B"/>
     <w:rsid w:val="00333FED"/>
     <w:rsid w:val="00351045"/>
+    <w:rsid w:val="00355BC0"/>
     <w:rsid w:val="00475292"/>
+    <w:rsid w:val="004E63E6"/>
     <w:rsid w:val="0050729E"/>
     <w:rsid w:val="005121EA"/>
     <w:rsid w:val="00581CA8"/>
     <w:rsid w:val="005D74BB"/>
     <w:rsid w:val="006007EB"/>
     <w:rsid w:val="006D063F"/>
     <w:rsid w:val="006E2BE2"/>
     <w:rsid w:val="007036C5"/>
     <w:rsid w:val="00740CF6"/>
+    <w:rsid w:val="00781E4B"/>
     <w:rsid w:val="00783378"/>
     <w:rsid w:val="0079780C"/>
     <w:rsid w:val="007D6B46"/>
     <w:rsid w:val="008136FC"/>
     <w:rsid w:val="00867896"/>
     <w:rsid w:val="008A3F06"/>
     <w:rsid w:val="008E26AA"/>
     <w:rsid w:val="008F72B9"/>
     <w:rsid w:val="009440D8"/>
     <w:rsid w:val="009642F6"/>
     <w:rsid w:val="009702CC"/>
     <w:rsid w:val="009875A5"/>
     <w:rsid w:val="009B023A"/>
     <w:rsid w:val="00B20D6E"/>
     <w:rsid w:val="00B23EA4"/>
     <w:rsid w:val="00B7024B"/>
+    <w:rsid w:val="00B81D43"/>
     <w:rsid w:val="00BD30AD"/>
     <w:rsid w:val="00C2105B"/>
     <w:rsid w:val="00C87216"/>
+    <w:rsid w:val="00CA224C"/>
     <w:rsid w:val="00CC159C"/>
     <w:rsid w:val="00CD18D5"/>
     <w:rsid w:val="00DE3DF9"/>
     <w:rsid w:val="00E15ECB"/>
     <w:rsid w:val="00E439C3"/>
     <w:rsid w:val="00E754D4"/>
     <w:rsid w:val="00E814AF"/>
     <w:rsid w:val="00EA4BCA"/>
     <w:rsid w:val="00EA5199"/>
     <w:rsid w:val="00EE1EA1"/>
     <w:rsid w:val="00F07C39"/>
+    <w:rsid w:val="00F175F5"/>
     <w:rsid w:val="00F30751"/>
     <w:rsid w:val="00F645DA"/>
+    <w:rsid w:val="00FA18B3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0C2381AF"/>
   <w15:docId w15:val="{BEA6C604-D94A-4646-9F2D-5EFE271E8444}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2246,51 +2427,51 @@
     <w:rsid w:val="006E2BE2"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DebesliotekstasDiagrama">
     <w:name w:val="Debesėlio tekstas Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Debesliotekstas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006E2BE2"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="en-US" w:eastAsia="lt-LT"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="939412106">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1447043617">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -2575,73 +2756,73 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>974</Words>
-  <Characters>556</Characters>
+  <Words>946</Words>
+  <Characters>540</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1527</CharactersWithSpaces>
+  <CharactersWithSpaces>1484</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>NBBaron</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>