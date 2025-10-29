--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -1,727 +1,891 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="002515FA" w:rsidRDefault="002515FA" w:rsidP="002515FA">
-[...29 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4AED54FD" w14:textId="77777777" w:rsidR="00304D7E" w:rsidRDefault="00304D7E" w:rsidP="00304D7E">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:left="4111" w:right="-897"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Marijampolės „Šaltinio“ progimnazijos pailgintos dienos grupės paslaugos teikimo tvarkos aprašo 1 priedas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DE24A73" w14:textId="77777777" w:rsidR="00304D7E" w:rsidRDefault="00304D7E" w:rsidP="00304D7E">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:left="4111" w:right="-897"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D4EDDC4" w14:textId="77777777" w:rsidR="00304D7E" w:rsidRDefault="00304D7E" w:rsidP="00304D7E">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="-897"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="159E86B1" w14:textId="77777777" w:rsidR="00304D7E" w:rsidRDefault="00304D7E" w:rsidP="00304D7E">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="-897"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>(tėvų, globėjų  vardas, pavardė)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DA1E9A5" w14:textId="77777777" w:rsidR="00304D7E" w:rsidRDefault="00304D7E" w:rsidP="00304D7E">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="-897"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="478D6BBB" w14:textId="77777777" w:rsidR="00304D7E" w:rsidRDefault="00304D7E" w:rsidP="00304D7E">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="-897"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="176ACA77" w14:textId="77777777" w:rsidR="00304D7E" w:rsidRDefault="00304D7E" w:rsidP="00304D7E">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="-897"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>(namų adresas)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76E5EF6C" w14:textId="77777777" w:rsidR="00304D7E" w:rsidRDefault="00304D7E" w:rsidP="00304D7E">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="-897"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E1F0B47" w14:textId="77777777" w:rsidR="00304D7E" w:rsidRDefault="00304D7E" w:rsidP="00304D7E">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="-897"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3800852D" w14:textId="77777777" w:rsidR="00304D7E" w:rsidRDefault="00304D7E" w:rsidP="00304D7E">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="-897"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>(telefono Nr., elektroninis pašto adresas)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0701D5DC" w14:textId="77777777" w:rsidR="00304D7E" w:rsidRDefault="00304D7E" w:rsidP="00304D7E">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="-897"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C760979" w14:textId="77777777" w:rsidR="00304D7E" w:rsidRDefault="00304D7E" w:rsidP="00304D7E">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="-897"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07565BC6" w14:textId="77777777" w:rsidR="00304D7E" w:rsidRDefault="00304D7E" w:rsidP="00304D7E">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="-897"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>(darbovietė)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="170B754D" w14:textId="77777777" w:rsidR="00304D7E" w:rsidRDefault="00304D7E" w:rsidP="00304D7E">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="-897"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D9FD18E" w14:textId="77777777" w:rsidR="00304D7E" w:rsidRDefault="00304D7E" w:rsidP="00304D7E">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="-897"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67371278" w14:textId="77777777" w:rsidR="00304D7E" w:rsidRDefault="00304D7E" w:rsidP="00304D7E">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="-897"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Marijampolės ,,Šaltinio“ progimnazijos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46CC7649" w14:textId="77777777" w:rsidR="00304D7E" w:rsidRDefault="00304D7E" w:rsidP="00304D7E">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="-897"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>direktoriui</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CE2AF8E" w14:textId="77777777" w:rsidR="00304D7E" w:rsidRDefault="00304D7E" w:rsidP="00304D7E">
+      <w:pPr>
+        <w:ind w:right="-897"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F7596AF" w14:textId="77777777" w:rsidR="00304D7E" w:rsidRDefault="00304D7E" w:rsidP="00304D7E">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="-897"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>PRAŠYMAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D225E9D" w14:textId="77777777" w:rsidR="00304D7E" w:rsidRDefault="00304D7E" w:rsidP="00304D7E">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="-897"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...10 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>DĖL MOKINIO PRIĖMIMO Į PAILGINTOS DIENOS GRUPĘ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A9478DD" w14:textId="77777777" w:rsidR="00304D7E" w:rsidRDefault="00304D7E" w:rsidP="00304D7E">
+      <w:pPr>
+        <w:ind w:right="-897"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...14 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CED893B" w14:textId="77777777" w:rsidR="00304D7E" w:rsidRDefault="00304D7E" w:rsidP="00304D7E">
+      <w:pPr>
+        <w:ind w:right="-897"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>20___m. ______________ mėn. _____d.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FB67932" w14:textId="77777777" w:rsidR="00304D7E" w:rsidRDefault="00304D7E" w:rsidP="00304D7E">
+      <w:pPr>
+        <w:ind w:right="-897"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...138 lines deleted...]
-    <w:p w:rsidR="002515FA" w:rsidRDefault="002515FA" w:rsidP="002515FA">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Marijampolė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2654480F" w14:textId="77777777" w:rsidR="00304D7E" w:rsidRDefault="00304D7E" w:rsidP="00304D7E">
+      <w:pPr>
+        <w:ind w:right="-897"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A5D3993" w14:textId="77777777" w:rsidR="00304D7E" w:rsidRDefault="00304D7E" w:rsidP="00304D7E">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="-897"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="357672E0" w14:textId="77777777" w:rsidR="00304D7E" w:rsidRDefault="00304D7E" w:rsidP="00304D7E">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="-897" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Prašau priimti mano sūnų/dukrą _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C21D73D" w14:textId="77777777" w:rsidR="00304D7E" w:rsidRDefault="00304D7E" w:rsidP="00304D7E">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="-897"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                    ( vardas, pavardė, klasė)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="594B0D29" w14:textId="77777777" w:rsidR="00304D7E" w:rsidRDefault="00304D7E" w:rsidP="00304D7E">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="-897"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>gim. ____________ į pailgintos dienos grupę _______val., nuo 20_____ m. ___________mėn. ___d.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F44BB1B" w14:textId="77777777" w:rsidR="00304D7E" w:rsidRDefault="00304D7E" w:rsidP="00304D7E">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:right="-897" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Įsipareigoju atsiskaityti iki kito mėn. 20  d. pagal pateiktą kvitą, kuris bus atsiųstas el. p. _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ACAD325" w14:textId="77777777" w:rsidR="00304D7E" w:rsidRDefault="00304D7E" w:rsidP="00304D7E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:rPr>
-[...10 lines deleted...]
-    <w:p w:rsidR="002515FA" w:rsidRDefault="002515FA" w:rsidP="002515FA">
+        <w:ind w:right="-897"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52133890" w14:textId="77777777" w:rsidR="00304D7E" w:rsidRDefault="00304D7E" w:rsidP="00304D7E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:rPr>
-[...150 lines deleted...]
-    <w:p w:rsidR="002515FA" w:rsidRDefault="002515FA" w:rsidP="002515FA">
+        <w:ind w:right="-897" w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Informuoju, kad iš grupės mano sūnų/dukrą namo parves:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="466DCB8C" w14:textId="77777777" w:rsidR="00304D7E" w:rsidRDefault="00304D7E" w:rsidP="00304D7E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:right="-1440"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="002515FA" w:rsidRDefault="002515FA" w:rsidP="002515FA">
+        <w:ind w:right="-897"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D268E86" w14:textId="77777777" w:rsidR="00304D7E" w:rsidRDefault="00304D7E" w:rsidP="00304D7E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:right="-1440"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="002515FA" w:rsidRDefault="002515FA" w:rsidP="002515FA">
+        <w:ind w:right="-897"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         Pats savarankiškai grįš  namo:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B36B49F" w14:textId="77777777" w:rsidR="00304D7E" w:rsidRDefault="00304D7E" w:rsidP="00304D7E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:right="-1440"/>
-[...127 lines deleted...]
-        <w:rPr>
+        <w:ind w:right="-897"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CBC210A" w14:textId="77777777" w:rsidR="00304D7E" w:rsidRDefault="00304D7E" w:rsidP="00304D7E">
+      <w:pPr>
+        <w:ind w:right="-897"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                             </w:t>
       </w:r>
-      <w:r>
-[...18 lines deleted...]
-      <w:docGrid w:linePitch="326"/>
+    </w:p>
+    <w:p w14:paraId="284C37FA" w14:textId="77777777" w:rsidR="00304D7E" w:rsidRDefault="00304D7E" w:rsidP="00304D7E">
+      <w:pPr>
+        <w:ind w:right="-897"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>___________                                                            ________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F0C4645" w14:textId="77777777" w:rsidR="00304D7E" w:rsidRDefault="00304D7E" w:rsidP="00304D7E">
+      <w:pPr>
+        <w:ind w:right="-897"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (parašas)                                                                   (vardas, pavardė)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64F06D60" w14:textId="77777777" w:rsidR="00304D7E" w:rsidRDefault="00304D7E" w:rsidP="00304D7E">
+      <w:pPr>
+        <w:ind w:right="-897"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76A0F16F" w14:textId="77777777" w:rsidR="00304D7E" w:rsidRDefault="00304D7E" w:rsidP="00304D7E">
+      <w:pPr>
+        <w:ind w:right="-897"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="175B2F4E" w14:textId="77777777" w:rsidR="00304D7E" w:rsidRDefault="00304D7E" w:rsidP="00304D7E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2032801B" w14:textId="77777777" w:rsidR="00304D7E" w:rsidRDefault="00304D7E" w:rsidP="00304D7E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00304D7E" w:rsidSect="0010282C">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7D55038F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6A9C3D6C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="480" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1560" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2760" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4800" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6000" w:hanging="1800"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="2160"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8400" w:hanging="2520"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9600" w:hanging="2880"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="596257167">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="2"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
-  <w:drawingGridHorizontalSpacing w:val="120"/>
-[...2 lines deleted...]
-  <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="002515FA"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00ED7585"/>
+    <w:rsidRoot w:val="00304D7E"/>
+    <w:rsid w:val="0010282C"/>
+    <w:rsid w:val="00304D7E"/>
+    <w:rsid w:val="0044146F"/>
+    <w:rsid w:val="0088471A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="lt-LT"/>
+  <w:themeFontLang w:val="en-GB" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="06100E1A"/>
+  <w14:docId w14:val="1DD9FE91"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{D36D5177-336E-401D-A54A-810C9FF4A2AC}"/>
+  <w15:docId w15:val="{520E2124-18FB-46AC-9D12-B46CEC333B50}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1049,248 +1213,763 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002515FA"/>
+    <w:rsid w:val="00304D7E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
-    </w:rPr>
-[...1 lines deleted...]
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat1Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00304D7E"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat2Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00304D7E"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat3Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00304D7E"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat4Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00304D7E"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat5Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00304D7E"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat6Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00304D7E"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat7Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00304D7E"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat8Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00304D7E"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat9Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00304D7E"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NoSpacing">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat1Diagrama">
+    <w:name w:val="Antraštė 1 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00304D7E"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat2Diagrama">
+    <w:name w:val="Antraštė 2 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00304D7E"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat3Diagrama">
+    <w:name w:val="Antraštė 3 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00304D7E"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat4Diagrama">
+    <w:name w:val="Antraštė 4 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00304D7E"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat5Diagrama">
+    <w:name w:val="Antraštė 5 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00304D7E"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat6Diagrama">
+    <w:name w:val="Antraštė 6 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00304D7E"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat7Diagrama">
+    <w:name w:val="Antraštė 7 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00304D7E"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat8Diagrama">
+    <w:name w:val="Antraštė 8 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00304D7E"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat9Diagrama">
+    <w:name w:val="Antraštė 9 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00304D7E"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Pavadinimas">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="PavadinimasDiagrama"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00304D7E"/>
+    <w:pPr>
+      <w:spacing w:after="80"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PavadinimasDiagrama">
+    <w:name w:val="Pavadinimas Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Pavadinimas"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00304D7E"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Paantrat">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="PaantratDiagrama"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00304D7E"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PaantratDiagrama">
+    <w:name w:val="Paantraštė Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Paantrat"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00304D7E"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Citata">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="CitataDiagrama"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00304D7E"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitataDiagrama">
+    <w:name w:val="Citata Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Citata"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00304D7E"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sraopastraipa">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00304D7E"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Rykuspabraukimas">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00304D7E"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Iskirtacitata">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="IskirtacitataDiagrama"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00304D7E"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IskirtacitataDiagrama">
+    <w:name w:val="Išskirta citata Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Iskirtacitata"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00304D7E"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Rykinuoroda">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00304D7E"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Betarp">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="002515FA"/>
+    <w:rsid w:val="00304D7E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...14 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -1402,54 +2081,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1453</Words>
-  <Characters>829</Characters>
+  <Words>951</Words>
+  <Characters>543</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>4</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2278</CharactersWithSpaces>
+  <CharactersWithSpaces>1492</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Windows User</dc:creator>
+  <dc:creator>Rima Baronienė</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>