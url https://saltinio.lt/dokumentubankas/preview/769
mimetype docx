--- v0 (2025-12-24)
+++ v1 (2026-03-04)
@@ -41,256 +41,247 @@
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>MARIJAMPOLĖS „ŠALTINIO“ PROGIMNAZIJA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B5243FC" w14:textId="23CD3056" w:rsidR="0013471F" w:rsidRDefault="0013471F" w:rsidP="0013471F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0013471F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>2025 – 2026 m. m. u</w:t>
-[...8 lines deleted...]
-        <w:t>gdymo organizavimas 1-8 klasėse:</w:t>
+        <w:t>2025 – 2026 m. m. ugdymo organizavimas 1-8 klasėse:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="011440B5" w14:textId="77777777" w:rsidR="000D1CA3" w:rsidRPr="0013471F" w:rsidRDefault="000D1CA3" w:rsidP="0013471F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Lentelstinklelis"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10919" w:type="dxa"/>
         <w:tblInd w:w="-856" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3970"/>
         <w:gridCol w:w="3403"/>
         <w:gridCol w:w="3546"/>
       </w:tblGrid>
       <w:tr w:rsidR="0013471F" w14:paraId="68B18E32" w14:textId="77777777" w:rsidTr="0013471F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0E06F61D" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:ind w:firstLine="709"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3403" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3C1C68AA" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1-4 klasės</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="28E80917" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5-8 klasės</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0013471F" w14:paraId="1B5D998B" w14:textId="77777777" w:rsidTr="0013471F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7EA90201" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mokslo metai, ugdymo procesas prasideda</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6949" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="34BEEB82" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:ind w:right="-959" w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2025 m. rugsėjo 1 d. (pirmadienis)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0013471F" w14:paraId="2F2AA160" w14:textId="77777777" w:rsidTr="0013471F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="70D82FA0" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pusmečių trukmė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3403" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -393,497 +384,481 @@
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>1-asis pusmetis</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7FA4EA63" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>2025-09-01– 2026-01-31</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="74C0D997" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2-asis pusmetis</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="256858FD" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:ind w:right="-109"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2025-02-01– 2026-06-12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0013471F" w14:paraId="5B029EFA" w14:textId="77777777" w:rsidTr="0013471F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="117DB3F3" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Rudens atostogos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6949" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1E6D1D1D" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F" w:rsidP="0013471F">
             <w:pPr>
-              <w:pStyle w:val="prastasiniatinklio"/>
+              <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="+mn-ea" w:hAnsi="Verdana"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2025-11-03–2025-11-07</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0013471F" w14:paraId="4DC327A0" w14:textId="77777777" w:rsidTr="0013471F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0E99B491" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Žiemos (Kalėdų) atostogos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6949" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="39B0C6B0" w14:textId="18DA4657" w:rsidR="0013471F" w:rsidRDefault="0013471F" w:rsidP="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:ind w:firstLine="36"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">                      </w:t>
-[...7 lines deleted...]
-              <w:t>2025-12-24–2026-01-02</w:t>
+              <w:t xml:space="preserve">                      2025-12-24–2026-01-02</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0013471F" w14:paraId="687CDA14" w14:textId="77777777" w:rsidTr="0013471F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="52D40F39" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Žiemos atostogos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6949" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2C58DF57" w14:textId="1F78F430" w:rsidR="0013471F" w:rsidRDefault="0013471F" w:rsidP="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
-[...20 lines deleted...]
-              <w:t>2026-02-17 – 2026-02-20</w:t>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                      2026-02-17 – 2026-02-20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0013471F" w14:paraId="1C6D1A5F" w14:textId="77777777" w:rsidTr="0013471F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3970" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="18C72A6D" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pavasario (Velykų) atostogos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6949" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2BB3666C" w14:textId="1E588F63" w:rsidR="0013471F" w:rsidRDefault="0013471F" w:rsidP="0013471F">
-[...1 lines deleted...]
-              <w:pStyle w:val="Betarp"/>
+          <w:p w14:paraId="2BB3666C" w14:textId="45D752A2" w:rsidR="0013471F" w:rsidRDefault="0013471F" w:rsidP="0013471F">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2026-0</w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>3</w:t>
+            <w:r w:rsidR="00842CC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>30</w:t>
+            <w:r w:rsidR="00842CC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>07</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>–2026-04-</w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>05</w:t>
+            <w:r w:rsidR="00842CC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0013471F" w14:paraId="181C4FE5" w14:textId="77777777" w:rsidTr="0013471F">
         <w:trPr>
           <w:trHeight w:val="46"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3970" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="20997FE3" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6949" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3BCBE4FB" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0013471F" w14:paraId="5433A794" w14:textId="77777777" w:rsidTr="0013471F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1131CE73" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vasaros atostogos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3403" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3EC9C57A" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:ind w:right="-112"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2026-06-08 – 2026-08-31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -898,330 +873,330 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>2026-06-15– 2026-08-31</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0013471F" w14:paraId="75CF5C0E" w14:textId="77777777" w:rsidTr="0013471F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5CB0CE7A" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ugdymo procesas baigiasi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3403" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="05EE05E0" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:ind w:firstLine="171"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2026 m. birželio 5 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="176416E7" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:ind w:firstLine="317"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2026 m. birželio 12 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0013471F" w14:paraId="72E382B5" w14:textId="77777777" w:rsidTr="0013471F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2F0B7182" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mokslo metai baigiasi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6949" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="650E5BC5" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2026 m. rugpjūčio 31 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0013471F" w14:paraId="593AAF22" w14:textId="77777777" w:rsidTr="0013471F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1D1A5A69" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ugdymo proceso trukmė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3403" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="170B1CFA" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>175 ugdymo dienos (35 savaitės)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="20636A74" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>180 ugdymo dienų</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="20F7B07F" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(36 savaitės)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3B5D91A1" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F" w:rsidP="0013471F">
       <w:pPr>
-        <w:pStyle w:val="Betarp"/>
+        <w:pStyle w:val="NoSpacing"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FA8A502" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F" w:rsidP="0013471F">
       <w:pPr>
-        <w:pStyle w:val="Betarp"/>
+        <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ugdymo proceso organizavimo kalendorius (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1241,51 +1216,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="+mj-ea" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> mokymosi dienos)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Lentelstinklelis"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10741" w:type="dxa"/>
         <w:tblInd w:w="-856" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3545"/>
         <w:gridCol w:w="5496"/>
         <w:gridCol w:w="850"/>
         <w:gridCol w:w="850"/>
       </w:tblGrid>
       <w:tr w:rsidR="0013471F" w14:paraId="021673AD" w14:textId="77777777" w:rsidTr="0013471F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="53CEF732" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
@@ -2235,1644 +2210,1644 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7B583F95" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana"/>
                 <w:kern w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana"/>
                 <w:kern w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="34591375" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F" w:rsidP="0013471F">
       <w:pPr>
-        <w:pStyle w:val="Betarp"/>
+        <w:pStyle w:val="NoSpacing"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="584C2FCB" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F" w:rsidP="0013471F">
       <w:pPr>
-        <w:pStyle w:val="Betarp"/>
+        <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>Pamokų, pertraukų, mokinių maitinimo laikas:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Lentelstinklelis"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10774" w:type="dxa"/>
         <w:tblInd w:w="-856" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1171"/>
         <w:gridCol w:w="1420"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="2087"/>
         <w:gridCol w:w="4395"/>
       </w:tblGrid>
       <w:tr w:rsidR="0013471F" w14:paraId="07C10BB6" w14:textId="77777777" w:rsidTr="0013471F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7DD252BD" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pamoka</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="08BD0E41" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pamokos laikas</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="57D8952D" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1 kl.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2ADFB6B7" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pertraukos trukmė (min.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="63715C60" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pamokos laikas</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0EF1BD2C" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2-8 kl.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6AF302D8" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pertraukos trukmė (min.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0013471F" w14:paraId="16DCDC23" w14:textId="77777777" w:rsidTr="0013471F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="13EB06AF" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3A6C1894" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:ind w:right="-73"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8.00–8.35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5FF7B7A9" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3D4DBCB1" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8.00 – 8.45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6A4C9429" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0013471F" w14:paraId="3DC700B5" w14:textId="77777777" w:rsidTr="0013471F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="31F5EC21" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4270776B" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8.55-9.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6FA21E02" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="39662046" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8.55 – 9.40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1DF0E67D" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10 (programos ,,Pienas vaikams”, ,,Vaisiai mokykloms”)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0013471F" w14:paraId="13EC6C1C" w14:textId="77777777" w:rsidTr="0013471F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1672FB8B" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5428CA87" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:ind w:right="-73"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9.50-10.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3BEE7E60" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:ind w:right="-71"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>30 (valgo 1 kl. mokiniai)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="477300D7" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">9.50 – 10.35  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="21F41B63" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20 (valgo 2-3 kl. mokiniai)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2CCB724B" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0013471F" w14:paraId="76A8431C" w14:textId="77777777" w:rsidTr="0013471F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6FFC1EDF" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="363953C3" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="883"/>
               </w:tabs>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10.55-11.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="504F3854" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0A30DC37" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10.55 – 11.40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0F7CDA76" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>30 (valgo 4-8 kl. mokiniai)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="43D5A859" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0013471F" w14:paraId="6095DB17" w14:textId="77777777" w:rsidTr="0013471F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="30236EC7" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5A5D8775" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12.10-12.45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="51227210" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(valgo 1 kl. mokiniai)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="317EB27F" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12.10 – 12.55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="64926E14" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10 (valgo 2-8 kl. mokiniai)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0013471F" w14:paraId="60059ACC" w14:textId="77777777" w:rsidTr="0013471F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7002FBC9" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3D824694" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="49DA7FA5" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5E5FBBA6" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13.05 – 13.50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="19AEBFED" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0013471F" w14:paraId="7D9990CD" w14:textId="77777777" w:rsidTr="0013471F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="52106AAF" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5AD9AEF6" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6C1A0914" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3DDB2BD1" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>14.00 – 14.45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1C2CCBF7" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0013471F" w14:paraId="79CAF19F" w14:textId="77777777" w:rsidTr="0013471F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="07551305" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="65C754BF" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2B0B0A7D" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="619E34DA" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>14.55 – 15.40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0D5E6810" w14:textId="77777777" w:rsidR="0013471F" w:rsidRDefault="0013471F">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="05A53B7B" w14:textId="77777777" w:rsidR="0044146F" w:rsidRDefault="0044146F"/>
     <w:sectPr w:rsidR="0044146F" w:rsidSect="000D1CA3">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="709" w:right="1440" w:bottom="709" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="+mn-ea">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="+mj-ea">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
@@ -4066,69 +4041,71 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="223609570">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0013471F"/>
     <w:rsid w:val="000D1CA3"/>
     <w:rsid w:val="0010282C"/>
     <w:rsid w:val="0013471F"/>
     <w:rsid w:val="0044146F"/>
+    <w:rsid w:val="00510B68"/>
+    <w:rsid w:val="00842CC7"/>
     <w:rsid w:val="00A376B8"/>
     <w:rsid w:val="00CB0BD1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -4514,631 +4491,631 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0013471F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lt-LT"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Antrat1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="prastasis"/>
-[...1 lines deleted...]
-    <w:link w:val="Antrat1Diagrama"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="0013471F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Antrat2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="prastasis"/>
-[...1 lines deleted...]
-    <w:link w:val="Antrat2Diagrama"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0013471F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Antrat3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="prastasis"/>
-[...1 lines deleted...]
-    <w:link w:val="Antrat3Diagrama"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0013471F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Antrat4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="prastasis"/>
-[...1 lines deleted...]
-    <w:link w:val="Antrat4Diagrama"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0013471F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Antrat5">
+  <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
-    <w:basedOn w:val="prastasis"/>
-[...1 lines deleted...]
-    <w:link w:val="Antrat5Diagrama"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0013471F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Antrat6">
+  <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
-    <w:basedOn w:val="prastasis"/>
-[...1 lines deleted...]
-    <w:link w:val="Antrat6Diagrama"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0013471F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Antrat7">
+  <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
-    <w:basedOn w:val="prastasis"/>
-[...1 lines deleted...]
-    <w:link w:val="Antrat7Diagrama"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0013471F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Antrat8">
+  <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
-    <w:basedOn w:val="prastasis"/>
-[...1 lines deleted...]
-    <w:link w:val="Antrat8Diagrama"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0013471F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Antrat9">
+  <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
-    <w:basedOn w:val="prastasis"/>
-[...1 lines deleted...]
-    <w:link w:val="Antrat9Diagrama"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0013471F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat1Diagrama">
-[...2 lines deleted...]
-    <w:link w:val="Antrat1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="0013471F"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat2Diagrama">
-[...2 lines deleted...]
-    <w:link w:val="Antrat2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="0013471F"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat3Diagrama">
-[...2 lines deleted...]
-    <w:link w:val="Antrat3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="0013471F"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat4Diagrama">
-[...2 lines deleted...]
-    <w:link w:val="Antrat4"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="0013471F"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat5Diagrama">
-[...2 lines deleted...]
-    <w:link w:val="Antrat5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="0013471F"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat6Diagrama">
-[...2 lines deleted...]
-    <w:link w:val="Antrat6"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="0013471F"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat7Diagrama">
-[...2 lines deleted...]
-    <w:link w:val="Antrat7"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="0013471F"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat8Diagrama">
-[...2 lines deleted...]
-    <w:link w:val="Antrat8"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="0013471F"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat9Diagrama">
-[...2 lines deleted...]
-    <w:link w:val="Antrat9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="0013471F"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Pavadinimas">
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="prastasis"/>
-[...1 lines deleted...]
-    <w:link w:val="PavadinimasDiagrama"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="0013471F"/>
     <w:pPr>
       <w:spacing w:after="80"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="PavadinimasDiagrama">
-[...2 lines deleted...]
-    <w:link w:val="Pavadinimas"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="0013471F"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Paantrat">
+  <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
-    <w:basedOn w:val="prastasis"/>
-[...1 lines deleted...]
-    <w:link w:val="PaantratDiagrama"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:rsid w:val="0013471F"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="PaantratDiagrama">
-[...2 lines deleted...]
-    <w:link w:val="Paantrat"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="0013471F"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Citata">
+  <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
-    <w:basedOn w:val="prastasis"/>
-[...1 lines deleted...]
-    <w:link w:val="CitataDiagrama"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
     <w:rsid w:val="0013471F"/>
     <w:pPr>
       <w:spacing w:before="160"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CitataDiagrama">
-[...2 lines deleted...]
-    <w:link w:val="Citata"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="0013471F"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sraopastraipa">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="prastasis"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="0013471F"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rykuspabraukimas">
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
-    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rsid w:val="0013471F"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Iskirtacitata">
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
-    <w:basedOn w:val="prastasis"/>
-[...1 lines deleted...]
-    <w:link w:val="IskirtacitataDiagrama"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:rsid w:val="0013471F"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="IskirtacitataDiagrama">
-[...2 lines deleted...]
-    <w:link w:val="Iskirtacitata"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="0013471F"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rykinuoroda">
+  <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
-    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="0013471F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="prastasiniatinklio">
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
-    <w:basedOn w:val="prastasis"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0013471F"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Betarp">
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="0013471F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0013471F"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="markedcontent">
     <w:name w:val="markedcontent"/>
-    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="0013471F"/>
   </w:style>
-  <w:style w:type="table" w:styleId="Lentelstinklelis">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="prastojilentel"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="0013471F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="nil"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>