--- v0 (2025-10-09)
+++ v1 (2025-11-22)
@@ -1,5768 +1,7111 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="39FB3FD5" w14:textId="6D1AE5AE" w:rsidR="00A9170C" w:rsidRPr="00C17473" w:rsidRDefault="00C32024" w:rsidP="00A9170C">
+    <w:p w14:paraId="4AB4E432" w14:textId="323B608A" w:rsidR="00A0726E" w:rsidRPr="00A5458A" w:rsidRDefault="00C32024" w:rsidP="00A9170C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4680"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C17473">
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                             </w:t>
       </w:r>
       <w:r w:rsidR="000C3D2A" w:rsidRPr="00C17473">
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A9170C" w:rsidRPr="00C17473">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39FB3FD5" w14:textId="572658D3" w:rsidR="00A9170C" w:rsidRPr="00A5458A" w:rsidRDefault="00A0726E" w:rsidP="00A5458A">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:left="4962" w:firstLine="1134"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A5458A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                               </w:t>
+      </w:r>
+      <w:r w:rsidR="00A5458A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                       </w:t>
+      </w:r>
+      <w:r w:rsidR="00A9170C" w:rsidRPr="00A5458A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
         <w:t xml:space="preserve">PATVIRTINTA </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76CC9F73" w14:textId="77777777" w:rsidR="00A9170C" w:rsidRPr="00C17473" w:rsidRDefault="00A9170C" w:rsidP="00A9170C">
+    <w:p w14:paraId="76CC9F73" w14:textId="3F752CA1" w:rsidR="00A9170C" w:rsidRPr="00A5458A" w:rsidRDefault="00A9170C" w:rsidP="00A5458A">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A5458A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                          </w:t>
+      </w:r>
+      <w:r w:rsidR="00A5458A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5458A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Marijampolės „Šaltinio” progimnazijos                         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="230DED26" w14:textId="37FB7344" w:rsidR="00A9170C" w:rsidRPr="00A5458A" w:rsidRDefault="00A9170C" w:rsidP="00A5458A">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A5458A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                           direktoriaus 202</w:t>
+      </w:r>
+      <w:r w:rsidR="0042515A" w:rsidRPr="00A5458A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5458A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC1D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>spalio</w:t>
+      </w:r>
+      <w:r w:rsidR="0042515A" w:rsidRPr="00A5458A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC1D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="0042515A" w:rsidRPr="00A5458A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5458A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">d.                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B7F66C8" w14:textId="51015BAD" w:rsidR="00A408E1" w:rsidRPr="00A5458A" w:rsidRDefault="00A9170C" w:rsidP="00A5458A">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A5458A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                           įsakymu</w:t>
+      </w:r>
+      <w:r w:rsidR="00C17473" w:rsidRPr="00A5458A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5458A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Nr. V-</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC1D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>200</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5458A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>(1.3.E)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70766FD1" w14:textId="77777777" w:rsidR="00C32024" w:rsidRPr="00A0726E" w:rsidRDefault="00C32024" w:rsidP="00C32024">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4680"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
-      </w:pPr>
-[...99 lines deleted...]
-          <w:lang w:val="lt-LT"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70766FD1" w14:textId="77777777" w:rsidR="00C32024" w:rsidRPr="00B472AF" w:rsidRDefault="00C32024" w:rsidP="00C32024">
+    <w:p w14:paraId="24559BB0" w14:textId="4F1F8B60" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1" w:rsidP="00F25DA5">
       <w:pPr>
-        <w:tabs>
-[...6 lines deleted...]
-          <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>VAIKO GEROVĖS KOMISIJOS VEIKLOS PLANAS</w:t>
+      </w:r>
+      <w:r w:rsidR="0076593F" w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="0042515A" w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="0076593F" w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="0042515A" w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="0076593F" w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> M. M.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="132C17AF" w14:textId="77777777" w:rsidR="00F25DA5" w:rsidRPr="00A0726E" w:rsidRDefault="00F25DA5" w:rsidP="00F25DA5">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="24559BB0" w14:textId="607F1D80" w:rsidR="00A408E1" w:rsidRPr="00F25DA5" w:rsidRDefault="00A408E1" w:rsidP="00F25DA5">
-[...55 lines deleted...]
-    <w:p w14:paraId="7117A9C2" w14:textId="752D8F70" w:rsidR="00F25DA5" w:rsidRPr="00D04EEB" w:rsidRDefault="00F25DA5" w:rsidP="00F25DA5">
+    <w:p w14:paraId="7117A9C2" w14:textId="752D8F70" w:rsidR="00F25DA5" w:rsidRPr="00A0726E" w:rsidRDefault="00F25DA5" w:rsidP="00F25DA5">
       <w:pPr>
         <w:pStyle w:val="Hyperlink1"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D04EEB">
-        <w:rPr>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D04EEB">
-        <w:rPr>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Tikslas</w:t>
       </w:r>
-      <w:r w:rsidR="000C3D2A">
-        <w:rPr>
+      <w:r w:rsidR="000C3D2A" w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D04EEB">
-        <w:rPr>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>saugi</w:t>
       </w:r>
-      <w:r w:rsidR="00D331DC">
-        <w:rPr>
+      <w:r w:rsidR="00D331DC" w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>os</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D04EEB">
-        <w:rPr>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir palanki</w:t>
       </w:r>
-      <w:r w:rsidR="00D331DC">
-        <w:rPr>
+      <w:r w:rsidR="00D331DC" w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>os</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D04EEB">
-        <w:rPr>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> ugdym</w:t>
       </w:r>
-      <w:r w:rsidR="000C3D2A">
-        <w:rPr>
+      <w:r w:rsidR="000C3D2A" w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D04EEB">
-        <w:rPr>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> aplink</w:t>
       </w:r>
-      <w:r w:rsidR="00D331DC">
-        <w:rPr>
+      <w:r w:rsidR="00D331DC" w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">os </w:t>
       </w:r>
-      <w:r w:rsidR="000C3D2A">
-        <w:rPr>
+      <w:r w:rsidR="000C3D2A" w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">mokiniui </w:t>
       </w:r>
-      <w:r w:rsidR="00D331DC">
-        <w:rPr>
+      <w:r w:rsidR="00D331DC" w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>kūrimas</w:t>
       </w:r>
-      <w:r w:rsidR="000C3D2A">
-        <w:rPr>
+      <w:r w:rsidR="000C3D2A" w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>, mokinio gerovės užtikrinimo klausimų sprendimas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0342651D" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRDefault="00A408E1" w:rsidP="00A408E1">
+    <w:p w14:paraId="0342651D" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1" w:rsidP="00A408E1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D04EEB">
-        <w:rPr>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Uždaviniai:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C4E7845" w14:textId="41090DA0" w:rsidR="00E8531E" w:rsidRPr="00E8531E" w:rsidRDefault="00E8531E" w:rsidP="00E8531E">
+    <w:p w14:paraId="3C4E7845" w14:textId="41090DA0" w:rsidR="00E8531E" w:rsidRPr="00A0726E" w:rsidRDefault="00E8531E" w:rsidP="00E8531E">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E8531E">
-        <w:rPr>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. </w:t>
-[...11 lines deleted...]
-        <w:t>tlikti Vaiko minimalios ir vidutinės priežiūros įstatyme Komisijai numatytas funkcijas;</w:t>
+        <w:t>1. Atlikti Vaiko minimalios ir vidutinės priežiūros įstatyme Komisijai numatytas funkcijas;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2968C469" w14:textId="419ACAC8" w:rsidR="00E8531E" w:rsidRPr="00E8531E" w:rsidRDefault="00E8531E" w:rsidP="00E8531E">
+    <w:p w14:paraId="2968C469" w14:textId="0A5BB448" w:rsidR="00E8531E" w:rsidRPr="00A0726E" w:rsidRDefault="00E8531E" w:rsidP="00E8531E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E8531E">
-        <w:rPr>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="SimSun"/>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>T</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="SimSun"/>
+        <w:t>Teikti siūlymus progimnazijos vadovui</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t xml:space="preserve">eikti siūlymus </w:t>
-[...16 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">dėl saugios ir vaikui palankios ugdymosi aplinkos kūrimo, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...12 lines deleted...]
-        <w:t>vaikų socialinio ir emocinio ugdymo, prevencijos priemonių ir (ar) prevencinių programų įgyvendinimo;</w:t>
+        <w:t>vaikų socialinio ir emocinio ugdymo, prevencijos priemonių;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3343C5B7" w14:textId="2316EEBA" w:rsidR="00E8531E" w:rsidRPr="00E8531E" w:rsidRDefault="00E8531E" w:rsidP="00E8531E">
+    <w:p w14:paraId="3343C5B7" w14:textId="2316EEBA" w:rsidR="00E8531E" w:rsidRPr="00A0726E" w:rsidRDefault="00E8531E" w:rsidP="00E8531E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E8531E">
-        <w:rPr>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">3. </w:t>
-[...13 lines deleted...]
-        <w:t>tlikti mokinio ugdymosi poreikių pirminį vertinimą;</w:t>
+        <w:t>3. Atlikti mokinio ugdymosi poreikių pirminį vertinimą;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A04C197" w14:textId="67BD6C13" w:rsidR="00E8531E" w:rsidRPr="00E8531E" w:rsidRDefault="00E8531E" w:rsidP="00E8531E">
+    <w:p w14:paraId="4A04C197" w14:textId="67BD6C13" w:rsidR="00E8531E" w:rsidRPr="00A0726E" w:rsidRDefault="00E8531E" w:rsidP="00E8531E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E8531E">
-        <w:rPr>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">4. </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> pritaikymą, mokinio individualaus ugdymo plano sudarymą ir jo įgyvendinimą;</w:t>
+        <w:t>4. Organizuoti ir koordinuoti mokymosi, švietimo ar kitos pagalbos mokiniui teikimą, bendrojo ugdymo programų pritaikymą, mokinio individualaus ugdymo plano sudarymą ir jo įgyvendinimą;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33839BF7" w14:textId="387435EB" w:rsidR="00E8531E" w:rsidRPr="00E8531E" w:rsidRDefault="00E8531E" w:rsidP="00E8531E">
+    <w:p w14:paraId="33839BF7" w14:textId="387435EB" w:rsidR="00E8531E" w:rsidRPr="00A0726E" w:rsidRDefault="00E8531E" w:rsidP="00E8531E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E8531E">
-        <w:rPr>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">5. </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="SimSun"/>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT" w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>T</w:t>
-[...16 lines deleted...]
-        <w:rPr>
+        <w:t>Teikti siūlymus progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> vadovui dėl kreipimosi į savivaldybėje vaiko teisių apsaugą užtikrinančią instituciją, kai vaiko tėvai (globėjai, rūpintojai) neužtikrina vaiko teisių ir teisėtų interesų, įgyvendindami savo teises ir vykdydami pareigas;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B0331F7" w14:textId="243453BB" w:rsidR="00E8531E" w:rsidRPr="00E8531E" w:rsidRDefault="00E8531E" w:rsidP="00E8531E">
+    <w:p w14:paraId="5B0331F7" w14:textId="243453BB" w:rsidR="00E8531E" w:rsidRPr="00A0726E" w:rsidRDefault="00E8531E" w:rsidP="00E8531E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E8531E">
-        <w:rPr>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">6. </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>6. Kartu su progimnazijoje dirbančiu karjeros specialistu konsultuoti specialiųjų ugdymosi poreikių turin</w:t>
+      </w:r>
+      <w:r w:rsidR="008262E5" w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>K</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>čius</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">artu su </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> mokin</w:t>
+      </w:r>
+      <w:r w:rsidR="008262E5" w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>progimnazijoje</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>ius</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> dirbančiu karjeros specialistu konsultuoti specialiųjų ugdymosi poreikių turin</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>, dėl j</w:t>
+      </w:r>
+      <w:r w:rsidR="008262E5" w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>čius</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>ų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> mokin</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> tolesnio mokymosi ir profesijos pasirinkimo (galias atitinkančios mokymosi programos ir (ar) mokymosi įstaigos pasirinkimo) ir pagal galimybes aštuntos klasės specialiųjų ugdymosi poreikių turin</w:t>
+      </w:r>
+      <w:r w:rsidR="008262E5" w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>ius</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>tiems</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>, dėl j</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> mokini</w:t>
+      </w:r>
+      <w:r w:rsidR="008262E5" w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>ų</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>ams</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> tolesnio mokymosi ir profesijos pasirinkimo (galias atitinkančios mokymosi programos ir (ar) mokymosi įstaigos pasirinkimo) ir pagal galimybes </w:t>
-[...34 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> užtikrinti sklandų palydėjimą / perėjimą į kitą pasirinktą švietimo įstaigą;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24A0A567" w14:textId="5A4F035A" w:rsidR="00E8531E" w:rsidRPr="00E8531E" w:rsidRDefault="00E8531E" w:rsidP="00E8531E">
+    <w:p w14:paraId="24A0A567" w14:textId="5A4F035A" w:rsidR="00E8531E" w:rsidRPr="00A0726E" w:rsidRDefault="00E8531E" w:rsidP="00E8531E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E8531E">
-        <w:rPr>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">7.  </w:t>
-[...11 lines deleted...]
-        <w:t>nicijuoti vaiko minimalios priežiūros priemonės skyrimą, vaiko minimalios priežiūros priemonės pakeitimą, pratęsimą ar panaikinimą;</w:t>
+        <w:t>7.  Inicijuoti vaiko minimalios priežiūros priemonės skyrimą, vaiko minimalios priežiūros priemonės pakeitimą, pratęsimą ar panaikinimą;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41F61DA2" w14:textId="4A2769C4" w:rsidR="00E8531E" w:rsidRPr="00E8531E" w:rsidRDefault="00E8531E" w:rsidP="00E8531E">
+    <w:p w14:paraId="41F61DA2" w14:textId="4A2769C4" w:rsidR="00E8531E" w:rsidRPr="00A0726E" w:rsidRDefault="00E8531E" w:rsidP="00E8531E">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E8531E">
-        <w:rPr>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">8. </w:t>
-[...11 lines deleted...]
-        <w:t>asibaigus nustatytam vaiko vidutinės priežiūros ar auklėjamojo poveikio priemonės vykdymo terminui, organizuoti vaikui reikalingos mokymosi, švietimo ar kitos pagalbos teikimą siekiant sklandaus vaiko įsitraukimo į ugdymo procesą.</w:t>
+        <w:t>8. Pasibaigus nustatytam vaiko vidutinės priežiūros ar auklėjamojo poveikio priemonės vykdymo terminui, organizuoti vaikui reikalingos mokymosi, švietimo ar kitos pagalbos teikimą siekiant sklandaus vaiko įsitraukimo į ugdymo procesą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F62B63A" w14:textId="77777777" w:rsidR="00E8531E" w:rsidRPr="00E8531E" w:rsidRDefault="00E8531E" w:rsidP="00A408E1">
-[...12 lines deleted...]
-    <w:p w14:paraId="1B842FCC" w14:textId="5ACDB592" w:rsidR="00A408E1" w:rsidRPr="004F1288" w:rsidRDefault="00A408E1" w:rsidP="004F1288">
+    <w:p w14:paraId="1B842FCC" w14:textId="5ACDB592" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1" w:rsidP="004F1288">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
-          <w:sz w:val="23"/>
-          <w:szCs w:val="23"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9776" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="756"/>
         <w:gridCol w:w="4902"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="1992"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A408E1" w14:paraId="7E1873DD" w14:textId="77777777" w:rsidTr="005C623F">
+      <w:tr w:rsidR="00A408E1" w:rsidRPr="00A0726E" w14:paraId="7E1873DD" w14:textId="77777777" w:rsidTr="005C623F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="756" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="392A6300" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="005C623F" w:rsidRDefault="00A408E1" w:rsidP="005C623F">
+          <w:p w14:paraId="392A6300" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1" w:rsidP="005C623F">
             <w:pPr>
               <w:pStyle w:val="Betarp"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C623F">
-              <w:rPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Eil.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A24D230" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="005C623F" w:rsidRDefault="00A408E1" w:rsidP="005C623F">
+          <w:p w14:paraId="2A24D230" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1" w:rsidP="005C623F">
             <w:pPr>
               <w:pStyle w:val="Betarp"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C623F">
-              <w:rPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="61A05773" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="005C623F" w:rsidRDefault="00A408E1" w:rsidP="005C623F">
+          <w:p w14:paraId="61A05773" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1" w:rsidP="005C623F">
             <w:pPr>
               <w:pStyle w:val="Betarp"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C623F">
-              <w:rPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Veiklos turinys</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F47B2B6" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="005C623F" w:rsidRDefault="00A408E1" w:rsidP="005C623F">
+          <w:p w14:paraId="5F47B2B6" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1" w:rsidP="005C623F">
             <w:pPr>
               <w:pStyle w:val="Betarp"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C623F">
-              <w:rPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5C9FEB73" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="005C623F" w:rsidRDefault="00A408E1" w:rsidP="005C623F">
+          <w:p w14:paraId="5C9FEB73" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1" w:rsidP="005C623F">
             <w:pPr>
               <w:pStyle w:val="Betarp"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C623F">
-              <w:rPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Atsakingi asmenys</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A408E1" w14:paraId="39E78D51" w14:textId="77777777" w:rsidTr="005C623F">
+      <w:tr w:rsidR="00A408E1" w:rsidRPr="00A0726E" w14:paraId="39E78D51" w14:textId="77777777" w:rsidTr="005C623F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9776" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="122F4144" w14:textId="7F68294E" w:rsidR="00A408E1" w:rsidRDefault="00A408E1">
+          <w:p w14:paraId="122F4144" w14:textId="7F68294E" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Veiklos kryptis – progimnazijos Vaiko gerovės komisijos darbo organizavimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A408E1" w14:paraId="1D095637" w14:textId="77777777" w:rsidTr="005C623F">
+      <w:tr w:rsidR="00A408E1" w:rsidRPr="00A0726E" w14:paraId="1D095637" w14:textId="77777777" w:rsidTr="005C623F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="756" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B21E45E" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRDefault="00A408E1">
+          <w:p w14:paraId="0B21E45E" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E42A006" w14:textId="526581EA" w:rsidR="00A408E1" w:rsidRPr="00D5701A" w:rsidRDefault="00A408E1">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="2E42A006" w14:textId="56FCEA1A" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Vaiko gerovės komisijos veiklos planavimas</w:t>
             </w:r>
-            <w:r w:rsidR="00492238">
-              <w:rPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D01D0A8" w14:textId="611738F1" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00244D51">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...2 lines deleted...]
-              <w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve">atnaujintų dokumentų (Mokyklos VGK funkcijų, sudarymo ir jos darbo organizavimo tvarkos aprašo, </w:t>
-[...27 lines deleted...]
-              <w:t>) analizė</w:t>
+              <w:t>08-</w:t>
+            </w:r>
+            <w:r w:rsidR="00A408E1" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>09 mėn.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59AEAC00" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1" w:rsidP="00A5458A">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="-110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>R. Baronienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A408E1" w:rsidRPr="00A0726E" w14:paraId="728A5CDD" w14:textId="77777777" w:rsidTr="005C623F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A3D4A22" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C51BF22" w14:textId="289ADF1C" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="0042515A">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>K</w:t>
+            </w:r>
+            <w:r w:rsidR="00A408E1" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>onsultavimas ilgalaikių planų, pritaikytų ir individualizuotų programų rengimo klausimais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D01D0A8" w14:textId="18D5830E" w:rsidR="00A408E1" w:rsidRDefault="00A408E1">
-[...10 lines deleted...]
-              <w:t>09 mėn.</w:t>
+          <w:p w14:paraId="171E71D1" w14:textId="1087E02C" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1" w:rsidP="00E875AE">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="-114"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nuo rugsėjo </w:t>
+            </w:r>
+            <w:r w:rsidR="0042515A" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> d., </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06011926" w14:textId="09244447" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1" w:rsidP="00E875AE">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="-114"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>2-ą pusmetį - nuo vasario 1 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59AEAC00" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRDefault="00A408E1">
-[...10 lines deleted...]
-              <w:t>R. Baronienė</w:t>
+          <w:p w14:paraId="732E7F73" w14:textId="019C42B9" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1" w:rsidP="00A5458A">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="-110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>G. Krakauskienė</w:t>
+            </w:r>
+            <w:r w:rsidR="00E875AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59DC44E7" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>metodinių gr. pirmininkai,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="724C41EF" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>mokytojai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A408E1" w14:paraId="728A5CDD" w14:textId="77777777" w:rsidTr="005C623F">
+      <w:tr w:rsidR="00A408E1" w:rsidRPr="00A0726E" w14:paraId="6D271AD9" w14:textId="77777777" w:rsidTr="005C623F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="756" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0A3D4A22" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRDefault="00A408E1">
+          <w:p w14:paraId="411991FB" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:eastAsia="lt-LT"/>
-[...176 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D02223A" w14:textId="41A989D3" w:rsidR="00A408E1" w:rsidRDefault="0004648D">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="0D02223A" w14:textId="41A989D3" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="0004648D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Ugdymo turinio planavimo dokumentų, specialistų</w:t>
             </w:r>
-            <w:r w:rsidR="00A408E1">
-              <w:rPr>
+            <w:r w:rsidR="00A408E1" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>, mo</w:t>
             </w:r>
-            <w:r w:rsidR="008262E5">
-              <w:rPr>
+            <w:r w:rsidR="008262E5" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>kinio</w:t>
             </w:r>
-            <w:r w:rsidR="00A408E1">
-              <w:rPr>
+            <w:r w:rsidR="00A408E1" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> padėjėjų darbo grafikų derinimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="25E7CEF5" w14:textId="7027AFC7" w:rsidR="00A408E1" w:rsidRDefault="00A408E1">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="25E7CEF5" w14:textId="7027AFC7" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>9,</w:t>
             </w:r>
-            <w:r w:rsidR="00B52874">
-              <w:rPr>
+            <w:r w:rsidR="00B52874" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>10 mėn.</w:t>
             </w:r>
-            <w:r w:rsidR="00B52874">
-              <w:rPr>
+            <w:r w:rsidR="00B52874" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>, per mokslo metus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="48FB5635" w14:textId="35CF36F6" w:rsidR="00A408E1" w:rsidRDefault="00A408E1">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3926817B" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>R. Baronienė</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="1E95AAD6" w14:textId="77777777" w:rsidR="0042515A" w:rsidRPr="00A0726E" w:rsidRDefault="0042515A">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>G. Krakauskienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48FB5635" w14:textId="3C4AEFC7" w:rsidR="0042515A" w:rsidRPr="00A0726E" w:rsidRDefault="0042515A">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>A. Strumilaitė</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0004648D" w14:paraId="7B77AA64" w14:textId="77777777" w:rsidTr="005C623F">
+      <w:tr w:rsidR="00A408E1" w:rsidRPr="00A0726E" w14:paraId="702F5EE9" w14:textId="77777777" w:rsidTr="005C623F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="756" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68AF467A" w14:textId="3C2D3FDF" w:rsidR="0004648D" w:rsidRDefault="0004648D">
-            <w:pPr>
+          <w:p w14:paraId="103DF0BE" w14:textId="23E01CE1" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="006A5783">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:eastAsia="lt-LT"/>
-[...6 lines deleted...]
-              <w:t>4.</w:t>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00A408E1" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="334970E1" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="237C48FF" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="72092FA2" w14:textId="4AC74312" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00753F8A">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>4.1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CAAC67A" w14:textId="77777777" w:rsidR="00753F8A" w:rsidRPr="00A0726E" w:rsidRDefault="00753F8A">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4F56A441" w14:textId="77777777" w:rsidR="00753F8A" w:rsidRPr="00A0726E" w:rsidRDefault="00753F8A">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6C2823AE" w14:textId="77777777" w:rsidR="00753F8A" w:rsidRPr="00A0726E" w:rsidRDefault="00753F8A">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6758E16F" w14:textId="77777777" w:rsidR="00A5458A" w:rsidRDefault="00A5458A">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6C255CBD" w14:textId="2126C4CE" w:rsidR="00753F8A" w:rsidRPr="00A0726E" w:rsidRDefault="00753F8A">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>4.2.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0908F1BE" w14:textId="77777777" w:rsidR="00A5458A" w:rsidRDefault="00A5458A">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="51705F30" w14:textId="13B10491" w:rsidR="00753F8A" w:rsidRPr="00A0726E" w:rsidRDefault="00753F8A">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>4.3.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="694D38F9" w14:textId="77777777" w:rsidR="00753F8A" w:rsidRPr="00A0726E" w:rsidRDefault="00753F8A">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6AA83FB0" w14:textId="1E8F92F0" w:rsidR="00753F8A" w:rsidRPr="00A0726E" w:rsidRDefault="00753F8A">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>4.4.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2173E558" w14:textId="77777777" w:rsidR="00753F8A" w:rsidRPr="00A0726E" w:rsidRDefault="00753F8A">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DC802BC" w14:textId="5EAF2045" w:rsidR="00753F8A" w:rsidRPr="00A0726E" w:rsidRDefault="00753F8A">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4.5. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76A19E49" w14:textId="77777777" w:rsidR="00A5458A" w:rsidRDefault="00A5458A">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6820CBD4" w14:textId="5C2E4889" w:rsidR="00753F8A" w:rsidRPr="00A0726E" w:rsidRDefault="00753F8A">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>4.6.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00705AE8" w14:textId="77777777" w:rsidR="00753F8A" w:rsidRPr="00A0726E" w:rsidRDefault="00753F8A">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="03DBAE0F" w14:textId="609E3BA7" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00753F8A">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>4.7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="272FB5DA" w14:textId="29407C8E" w:rsidR="0004648D" w:rsidRDefault="0004648D">
-[...13 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="1DB13AC3" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vaiko gerovės komisijos pasitarimų, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">posėdžių </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>organizavimas. Temos:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3327FEFE" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="206E19F0" w14:textId="7AF76E68" w:rsidR="00A408E1" w:rsidRPr="00A5458A" w:rsidRDefault="00492238">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="nl-NL" w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F8A" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2024-2025 m. m. veiklos aptarimas. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="nl-NL" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VGK </w:t>
+            </w:r>
+            <w:r w:rsidR="00753F8A" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="nl-NL" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2025-2026 m. m. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="nl-NL" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>veiklos kryptys</w:t>
+            </w:r>
+            <w:r w:rsidR="0042515A" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="nl-NL" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00E46A44" w:rsidRPr="00A5458A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="nl-NL" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pagalbos gavėjų sąrašo aptarimas. </w:t>
+            </w:r>
+            <w:r w:rsidR="00D5701A" w:rsidRPr="00A5458A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="nl-NL" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Mo</w:t>
+            </w:r>
+            <w:r w:rsidR="00E81239" w:rsidRPr="00A5458A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="nl-NL" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>kinio</w:t>
+            </w:r>
+            <w:r w:rsidR="00D5701A" w:rsidRPr="00A5458A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="nl-NL" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> padėjėj</w:t>
+            </w:r>
+            <w:r w:rsidR="0042515A" w:rsidRPr="00A5458A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="nl-NL" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidR="00D5701A" w:rsidRPr="00A5458A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="nl-NL" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> darbo ypatumai</w:t>
+            </w:r>
+            <w:r w:rsidR="00A408E1" w:rsidRPr="00A5458A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="nl-NL" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>”</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AE5C07D" w14:textId="25C83723" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00492238">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="en-GB" w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A5458A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="nl-NL" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>“Konsultacijų vadyba</w:t>
+            </w:r>
+            <w:r w:rsidR="0042515A" w:rsidRPr="00A5458A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="nl-NL" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="006A5783" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="en-GB" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pasirengimas </w:t>
+            </w:r>
+            <w:r w:rsidR="0042515A" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="en-GB" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>NMPP</w:t>
+            </w:r>
+            <w:r w:rsidR="006A5783" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="en-GB" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>”</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B865D7D" w14:textId="4AAAAB74" w:rsidR="00492238" w:rsidRPr="00A0726E" w:rsidRDefault="005C623F">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="en-GB" w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="en-GB" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidR="00A408E1" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Progimnazijos</w:t>
+            </w:r>
+            <w:r w:rsidR="00A408E1" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="en-GB" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mikroklimato </w:t>
+            </w:r>
+            <w:r w:rsidR="00755CD4" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="en-GB" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">situacijos </w:t>
+            </w:r>
+            <w:r w:rsidR="00A408E1" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="en-GB" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>aptarimas”</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FCC3C27" w14:textId="28BE6EC6" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="005C623F">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidR="00492238" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>I ir II pusmečio pažangos ir lankomumo rezultatų analizė</w:t>
+            </w:r>
+            <w:r w:rsidR="00A408E1" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>”</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D33218B" w14:textId="5A4A7AFB" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00753F8A">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidR="006A5783" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>VIP knygelių, aplankų turinio peržvalga</w:t>
+            </w:r>
+            <w:r w:rsidR="00A408E1" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>”</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06C01586" w14:textId="3856F643" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="005C623F">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidR="006A5783" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="00A408E1" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">revencinių projektų </w:t>
+            </w:r>
+            <w:r w:rsidR="006A5783" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">įgyvendinimo kokybės </w:t>
+            </w:r>
+            <w:r w:rsidR="00A408E1" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>aptarimas”</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D9ACA81" w14:textId="7F60AA76" w:rsidR="00A402C4" w:rsidRPr="00A0726E" w:rsidRDefault="00A402C4">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">“Individualių pagalbos planų </w:t>
+            </w:r>
+            <w:r w:rsidR="001D1B5B" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>įgyvendinimo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> analizė”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="16579E31" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Vieną kartą per mėn. arba pagal poreikį</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A5C83C9" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>9 mėn.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49EADF72" w14:textId="77777777" w:rsidR="00D5701A" w:rsidRPr="00A0726E" w:rsidRDefault="00D5701A">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7B1497F0" w14:textId="77777777" w:rsidR="00753F8A" w:rsidRPr="00A0726E" w:rsidRDefault="00753F8A">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="407D004E" w14:textId="77777777" w:rsidR="00753F8A" w:rsidRPr="00A0726E" w:rsidRDefault="00753F8A">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7A330E1A" w14:textId="77777777" w:rsidR="00A5458A" w:rsidRDefault="00A5458A">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0A388286" w14:textId="57CD4DEB" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>10 mėn.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1413F1C2" w14:textId="77777777" w:rsidR="00A5458A" w:rsidRDefault="00A5458A">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="34F4139D" w14:textId="372EA8F1" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>11 mėn.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="280D85A1" w14:textId="28BA6CBF" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="29CC2E55" w14:textId="680CE5DC" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>02</w:t>
+            </w:r>
+            <w:r w:rsidR="00FE210E" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>, 06</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mėn.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="191A393D" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4BE315C5" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>03 mėn.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="588FEE54" w14:textId="77777777" w:rsidR="00A5458A" w:rsidRDefault="00A5458A">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2B503CFB" w14:textId="314253A7" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>04 mėn.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5360C207" w14:textId="77777777" w:rsidR="006A5783" w:rsidRPr="00A0726E" w:rsidRDefault="006A5783">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="783EDE0D" w14:textId="7B324A7E" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>05 mėn.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1ED9A07F" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>R. Baronienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DEEE0B6" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Ž. Siderienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00244D51" w:rsidRPr="00A0726E" w14:paraId="6FBE3DE5" w14:textId="77777777" w:rsidTr="005C623F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5AB442E0" w14:textId="31636949" w:rsidR="00244D51" w:rsidRPr="00A0726E" w:rsidRDefault="006A5783">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> m. m. veiklos prioritetų nustatymas.</w:t>
+            <w:r w:rsidR="00753F8A" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="50766B35" w14:textId="62B868EE" w:rsidR="00244D51" w:rsidRPr="00A0726E" w:rsidRDefault="00244D51">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>VGK veiklos ataskaitos rengimas: VGK veiklos analizė, įsivertinimas, 2026-2027</w:t>
+            </w:r>
+            <w:r w:rsidR="00E875AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>m. m. veiklos prioritetų nustatymas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C602583" w14:textId="3A9F2F31" w:rsidR="0004648D" w:rsidRDefault="0004648D">
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> m. 06 mėn.</w:t>
+          <w:p w14:paraId="69FBB64E" w14:textId="04407624" w:rsidR="00244D51" w:rsidRPr="00A0726E" w:rsidRDefault="00244D51">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>2025 m. 06 mėn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3F8C1112" w14:textId="1DBFC26D" w:rsidR="0004648D" w:rsidRDefault="0004648D">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="788DB74F" w14:textId="7FC0A49C" w:rsidR="00244D51" w:rsidRPr="00A0726E" w:rsidRDefault="00244D51">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>R. Baronienė, VGK nariai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A408E1" w14:paraId="702F5EE9" w14:textId="77777777" w:rsidTr="005C623F">
-[...672 lines deleted...]
-      <w:tr w:rsidR="00B776ED" w:rsidRPr="00E216A4" w14:paraId="52C3410A" w14:textId="77777777" w:rsidTr="005C623F">
+      <w:tr w:rsidR="00B776ED" w:rsidRPr="00A0726E" w14:paraId="52C3410A" w14:textId="77777777" w:rsidTr="005C623F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9776" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1394E935" w14:textId="323440A8" w:rsidR="00B776ED" w:rsidRPr="00E216A4" w:rsidRDefault="00E216A4" w:rsidP="00E216A4">
+          <w:p w14:paraId="1394E935" w14:textId="323440A8" w:rsidR="00B776ED" w:rsidRPr="00A0726E" w:rsidRDefault="00E216A4" w:rsidP="00E216A4">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E216A4">
-              <w:rPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>Veiklos kryptis – smurto ir patyčių pre</w:t>
-            </w:r>
+              <w:t>Veiklos kryptis – smurto ir patyčių prevencijos, intervencijos įgyvendinimas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A408E1" w:rsidRPr="00A0726E" w14:paraId="055EA853" w14:textId="77777777" w:rsidTr="005C623F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E986A6C" w14:textId="40AE0A8D" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="001112E2" w:rsidP="00753F8A">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="180"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A408E1" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6837A752" w14:textId="0C1DF83A" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00091FF9">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1, 5 kl. mokinių a</w:t>
+            </w:r>
+            <w:r w:rsidR="00A408E1" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>daptacijos   tyrima</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F8A" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>s ir pristatymas progimnazijos bendruomenei</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A1AD8D2" w14:textId="7C3013DF" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00091FF9">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>9-10</w:t>
+            </w:r>
+            <w:r w:rsidR="00A408E1" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mėn.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="32FCB693" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>R. Berteškaitė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A7234CA" w14:textId="37CA9FF6" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1" w:rsidP="00863F04">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="-111"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E. </w:t>
+            </w:r>
+            <w:r w:rsidR="001671A0" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Vaic</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE7F33" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>kelionienė</w:t>
+            </w:r>
+            <w:r w:rsidR="00863F04" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23F4E76B" w14:textId="3D4010E4" w:rsidR="001112E2" w:rsidRPr="00A0726E" w:rsidRDefault="001112E2">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>A. Strumilaitė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00091FF9" w:rsidRPr="00A0726E" w14:paraId="173370FB" w14:textId="77777777" w:rsidTr="005C623F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77F7B3AA" w14:textId="78070740" w:rsidR="00091FF9" w:rsidRPr="00A0726E" w:rsidRDefault="006A5783" w:rsidP="00753F8A">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="180"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74B473FF" w14:textId="44C04F33" w:rsidR="00091FF9" w:rsidRPr="00A0726E" w:rsidRDefault="006A5783">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Progimnazijos mikroklimato tyrimas</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F8A" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir pristatymas progimnazijos bendruomenei</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49D2E590" w14:textId="579E555E" w:rsidR="00091FF9" w:rsidRPr="00A0726E" w:rsidRDefault="006A5783">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidR="00E875AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>mėn.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B620F15" w14:textId="77777777" w:rsidR="006A5783" w:rsidRPr="00A0726E" w:rsidRDefault="006A5783" w:rsidP="006A5783">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>R. Berteškaitė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BE999BB" w14:textId="77777777" w:rsidR="006A5783" w:rsidRPr="00A0726E" w:rsidRDefault="006A5783" w:rsidP="006A5783">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="-111"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>E. Vaickelionienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3ABD9CC1" w14:textId="3BBB7393" w:rsidR="00091FF9" w:rsidRPr="00A0726E" w:rsidRDefault="006A5783" w:rsidP="006A5783">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>A. Strumilaitė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A408E1" w:rsidRPr="00A0726E" w14:paraId="3DA426B5" w14:textId="77777777" w:rsidTr="005C623F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B6C3153" w14:textId="3A8CCC16" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="006A5783" w:rsidP="00CD7F1E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00A408E1" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20AD0755" w14:textId="69F00584" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1" w:rsidP="00446DE4">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Saugios progimnazijos ugdymosi aplinkos kūrimas. Klasių bendruomenių mikroklimat</w:t>
+            </w:r>
+            <w:r w:rsidR="006A5783" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>o tyrimas</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F8A" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir pristatymas klasių bendruomen</w:t>
+            </w:r>
+            <w:r w:rsidR="001D1B5B" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>ėse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28FF1AFA" w14:textId="53CAA47C" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="006A5783">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Pagal poreikį</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5DBAAD27" w14:textId="6B50B723" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1" w:rsidP="00EE7F33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="-253"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E. </w:t>
+            </w:r>
+            <w:r w:rsidR="00EE7F33" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Vaickelionienė</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36F0A19B" w14:textId="5881C824" w:rsidR="001112E2" w:rsidRPr="00A0726E" w:rsidRDefault="001112E2">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>A.</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE7F33" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Strumilaitė</w:t>
+            </w:r>
+            <w:r w:rsidR="00863F04" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D91A42E" w14:textId="6DBFEFCA" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00035B7C">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>I. Lastauskienė</w:t>
+            </w:r>
+            <w:r w:rsidR="00A408E1" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="375471F2" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>V. Šapalienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A408E1" w:rsidRPr="00A0726E" w14:paraId="66486F56" w14:textId="77777777" w:rsidTr="005C623F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="05CAC465" w14:textId="0FFDF37D" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="001112E2" w:rsidP="00753F8A">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00A408E1" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4EDD06B8" w14:textId="67DECDE6" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Netinkamo elgesio progimnazijoje analizė, patyčių, smurto, žalingų įpročių, teisėtvarkos pažeidimų </w:t>
+            </w:r>
+            <w:r w:rsidR="00755CD4" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ir kt. </w:t>
+            </w:r>
+            <w:r w:rsidR="0069648E" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidR="00755CD4" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">vencijos vykdymas. Projektinės veiklos, aktyviųjų paskaitų, akcijų ir kt. </w:t>
+            </w:r>
+            <w:r w:rsidR="00753F8A" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>rganizavimas</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F8A" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pagal socialinių pedagogų veiklos planus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A389542" w14:textId="2E09D3AC" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="006A5783">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>K</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F8A" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>iekvieno</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mėn. III sav.,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1057AB3F" w14:textId="4E8543CF" w:rsidR="006A5783" w:rsidRPr="00A0726E" w:rsidRDefault="006A5783">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>per mokslo metus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="78E745DE" w14:textId="75DC15AD" w:rsidR="006A5783" w:rsidRPr="00A0726E" w:rsidRDefault="006A5783" w:rsidP="00EE7F33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="-111"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Klasių auklėtojai</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E5140AB" w14:textId="67FD3BAD" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1" w:rsidP="00EE7F33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="-111"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E. </w:t>
+            </w:r>
+            <w:r w:rsidR="00EE7F33" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Vaickelionienė</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A207C59" w14:textId="05E7F468" w:rsidR="001112E2" w:rsidRPr="00A0726E" w:rsidRDefault="001112E2">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>A.</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE7F33" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Strumilaitė</w:t>
+            </w:r>
+            <w:r w:rsidR="00863F04" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23DA35D5" w14:textId="2DF610BB" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>A.</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE7F33" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Paplauskienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A7121F4" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00035B7C">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>I. Lastauskienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="054FED1F" w14:textId="6AD618ED" w:rsidR="00BB4C81" w:rsidRPr="00A0726E" w:rsidRDefault="00BB4C81">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>V. Šapalienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A408E1" w:rsidRPr="00A0726E" w14:paraId="55E8AEC2" w14:textId="77777777" w:rsidTr="005C623F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="03E43579" w14:textId="084F0209" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00B227C0" w:rsidP="00B227C0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="001112E2" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00A408E1" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="64E426C4" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Mokiniams paskirtos minimalios ar vidutinės priežiūros priemonių vykdymas, rekomendacijų pedagogams bei tėvams teikimas.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1FB015CE" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Pagal poreikį</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41414931" w14:textId="4AA97FE8" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1" w:rsidP="00EE7F33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="-111"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>E.</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE7F33" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Vaickelionienė</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4392368A" w14:textId="4C5C377F" w:rsidR="001112E2" w:rsidRPr="00A0726E" w:rsidRDefault="001112E2">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>A.</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE7F33" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Strumilaitė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00A1AFFA" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>R. Berteškaitė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A408E1" w:rsidRPr="00A0726E" w14:paraId="42441DE7" w14:textId="77777777" w:rsidTr="005C623F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A85375F" w14:textId="78CD2667" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="001112E2" w:rsidP="00B227C0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00A408E1" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="43AA1639" w14:textId="5C4A4B00" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vaikų tarpusavio santykių, pedagogų ir vaikų santykių </w:t>
+            </w:r>
+            <w:r w:rsidR="00331D4B" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>problemų</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> analizė, pasiūlymų dėl šių santykių gerinimo teikimas.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F2352F5" w14:textId="0466FE3F" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12, 03 mėn. </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB4C81" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>rba pagal poreikį</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3932816F" w14:textId="207E78D0" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1" w:rsidP="00222CE4">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="-111"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E. </w:t>
+            </w:r>
+            <w:r w:rsidR="00222CE4" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Vaickelionienė</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A413341" w14:textId="2E97FFC4" w:rsidR="001112E2" w:rsidRPr="00A0726E" w:rsidRDefault="001112E2">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>A.</w:t>
+            </w:r>
+            <w:r w:rsidR="00863F04" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Strumilaitė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="619C3FB0" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>R. Berteškaitė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C580A" w:rsidRPr="00A0726E" w14:paraId="59506738" w14:textId="77777777" w:rsidTr="005C623F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7AD57FF1" w14:textId="571519A2" w:rsidR="005C580A" w:rsidRPr="00A0726E" w:rsidRDefault="005C580A" w:rsidP="00B227C0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B9A3AD5" w14:textId="71957460" w:rsidR="005C580A" w:rsidRPr="00A0726E" w:rsidRDefault="00CD7F1E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Prevencinių projektų rengimas ir įgyvendinimas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="16CFE801" w14:textId="29804F59" w:rsidR="005C580A" w:rsidRPr="00A0726E" w:rsidRDefault="005C580A">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>11, 02 mėn.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4104341F" w14:textId="69CB1F2F" w:rsidR="005C580A" w:rsidRPr="00A0726E" w:rsidRDefault="005C580A">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>R. Berteškaitė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001112E2" w:rsidRPr="00A0726E" w14:paraId="105617A5" w14:textId="77777777" w:rsidTr="005C623F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2FDA10B1" w14:textId="18D34626" w:rsidR="001112E2" w:rsidRPr="00A0726E" w:rsidRDefault="005C580A" w:rsidP="00B227C0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="001112E2" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5BBF2E6A" w14:textId="18040639" w:rsidR="001112E2" w:rsidRPr="00A0726E" w:rsidRDefault="00091FF9">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Programos “Esame saugūs” įgyvendinimas </w:t>
+            </w:r>
+            <w:r w:rsidR="009A607F" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+              <w:t>3, 5 kl</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F8A" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:snapToGrid w:val="0"/>
+              </w:rPr>
+              <w:t>asėse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="506489B9" w14:textId="4BA93A1A" w:rsidR="001112E2" w:rsidRPr="00A0726E" w:rsidRDefault="00091FF9">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="nl-NL" w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="nl-NL" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Per mokslo metus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A779D3F" w14:textId="77777777" w:rsidR="006A5783" w:rsidRPr="00A0726E" w:rsidRDefault="006A5783" w:rsidP="00CD7F1E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="-111"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>E. Vaickelionienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C0469A8" w14:textId="29D83F32" w:rsidR="00B227C0" w:rsidRPr="00A0726E" w:rsidRDefault="006A5783" w:rsidP="00CD7F1E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="-111"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="nl-NL" w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>A. Strumilaitė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE64DB" w:rsidRPr="00A0726E" w14:paraId="73D5DC1D" w14:textId="77777777" w:rsidTr="005C623F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9776" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0FF2E207" w14:textId="20497D7B" w:rsidR="00BE64DB" w:rsidRPr="00A0726E" w:rsidRDefault="00BE64DB" w:rsidP="005C580A">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>vencijos, intervencijos įgyvendinimas</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Veiklos kryptis – pagalbos progimnazijos bendruomenės nariams organizavimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A408E1" w14:paraId="055EA853" w14:textId="77777777" w:rsidTr="005C623F">
+      <w:tr w:rsidR="00A408E1" w:rsidRPr="00A0726E" w14:paraId="27BC33E3" w14:textId="77777777" w:rsidTr="005C623F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="756" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E986A6C" w14:textId="477406DD" w:rsidR="00A408E1" w:rsidRDefault="00A408E1">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="4A3BEE06" w14:textId="6E2133A0" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7827447A" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Tėvų (globėjų, rūpintojų) konsultavimas vaiko ugdymo organizavimo, elgesio, lankomumo, saugumo užtikrinimo ir kitais klausimais.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29507CC6" w14:textId="3F59F1CE" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Per mokslo metus </w:t>
+            </w:r>
+            <w:r w:rsidR="00753F8A" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">arba </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>pagal poreikį</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0FCF88B5" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>VGK nariai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00755CD4" w:rsidRPr="00A0726E" w14:paraId="3F5D9A9B" w14:textId="77777777" w:rsidTr="005C623F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6BA3F09F" w14:textId="0060E558" w:rsidR="00755CD4" w:rsidRPr="00A0726E" w:rsidRDefault="00755CD4">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B52FB93" w14:textId="0541A1EF" w:rsidR="00755CD4" w:rsidRPr="00A0726E" w:rsidRDefault="00CD7F1E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Šeimų</w:t>
+            </w:r>
+            <w:r w:rsidR="003661D1" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> klubo veiklos organizavimas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0989FAF7" w14:textId="2A0451D7" w:rsidR="00755CD4" w:rsidRPr="00A0726E" w:rsidRDefault="00755CD4">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Per mokslo metus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24C744C8" w14:textId="77777777" w:rsidR="00755CD4" w:rsidRPr="00A0726E" w:rsidRDefault="00755CD4" w:rsidP="00CD7F1E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="-110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>E. Penkauskienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D6D90ED" w14:textId="2BE14956" w:rsidR="003661D1" w:rsidRPr="00A0726E" w:rsidRDefault="003661D1" w:rsidP="00CD7F1E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="-110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>I. Lastauskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A58B1" w:rsidRPr="00A0726E" w14:paraId="77F98418" w14:textId="77777777" w:rsidTr="005C623F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="394E7019" w14:textId="4D6E9CAF" w:rsidR="000A58B1" w:rsidRPr="00A0726E" w:rsidRDefault="000A58B1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="112F35AB" w14:textId="1963A677" w:rsidR="000A58B1" w:rsidRPr="00A0726E" w:rsidRDefault="000A58B1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Individualios pagalbos plano sudarymas mokiniui</w:t>
+            </w:r>
+            <w:r w:rsidR="009C6A29" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>, atvykusiam iš užsienio, besimokančiam pagal prit. ir ind. programas,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> įveikiant sunkumus</w:t>
+            </w:r>
+            <w:r w:rsidR="009C6A29" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (NMPP </w:t>
+            </w:r>
+            <w:r w:rsidR="001D1B5B" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">pasiekusiam </w:t>
+            </w:r>
+            <w:r w:rsidR="009C6A29" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>slenkstin</w:t>
+            </w:r>
+            <w:r w:rsidR="001D1B5B" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>į</w:t>
+            </w:r>
+            <w:r w:rsidR="009C6A29" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> lyg</w:t>
+            </w:r>
+            <w:r w:rsidR="001D1B5B" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>į</w:t>
+            </w:r>
+            <w:r w:rsidR="009C6A29" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> plano įgyvendinimo priežiūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B2A98A4" w14:textId="3F6AC740" w:rsidR="000A58B1" w:rsidRPr="00A0726E" w:rsidRDefault="000A58B1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Pagal poreikį</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6BB545EC" w14:textId="1FAB9A87" w:rsidR="00222CE4" w:rsidRPr="00A0726E" w:rsidRDefault="00222CE4">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>G. Krakauskienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7024FBF3" w14:textId="2EED968C" w:rsidR="000A58B1" w:rsidRPr="00A0726E" w:rsidRDefault="005613F0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>VGK nariai,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C2EBC46" w14:textId="1EF5D715" w:rsidR="005613F0" w:rsidRPr="00A0726E" w:rsidRDefault="009E63AF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>k</w:t>
+            </w:r>
+            <w:r w:rsidR="005613F0" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>lasių</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005613F0" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>auklėtojai</w:t>
+            </w:r>
+            <w:r w:rsidR="001D1B5B" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="009C6A29" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> dalyko mokytojai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A408E1" w:rsidRPr="00A0726E" w14:paraId="2C5C41D1" w14:textId="77777777" w:rsidTr="005C623F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A1F64C7" w14:textId="1E223750" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="000A58B1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00A408E1" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6837A752" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRDefault="00A408E1">
-[...10 lines deleted...]
-              <w:t>Progimnazijos ugdymosi aplinkos, mokinių saugumo vertinimas, ugdymo (-si) poreikių analizė, kylančių problemų ir jų priežasčių šalinimas.  Adaptacijos   tyrimai.</w:t>
+          <w:p w14:paraId="216A13EA" w14:textId="5C1947E4" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Specialiųjų </w:t>
+            </w:r>
+            <w:r w:rsidR="00CD7F1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ugdymosi </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>poreikių mokinių ugdymo aptarimas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A1AD8D2" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRDefault="00A408E1">
-[...10 lines deleted...]
-              <w:t>10, 02, 05 mėn.</w:t>
+          <w:p w14:paraId="7D8AC7F4" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Vieną kartą per mėn. arba pagal poreikį</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32FCB693" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRDefault="00A408E1">
-[...22 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="5025D493" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>G. Krakauskienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CF0864F" w14:textId="0BD1C51E" w:rsidR="001D1B5B" w:rsidRPr="00A0726E" w:rsidRDefault="001D1B5B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>A. Strumilaitė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5658EBD6" w14:textId="2B30AD3E" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE64DB" w:rsidRPr="00A0726E" w14:paraId="4CA645E0" w14:textId="77777777" w:rsidTr="005C623F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30A569FF" w14:textId="123E7879" w:rsidR="00BE64DB" w:rsidRPr="00A0726E" w:rsidRDefault="000A58B1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00E33E83" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54E01781" w14:textId="51212360" w:rsidR="00BE64DB" w:rsidRPr="00A0726E" w:rsidRDefault="00BE64DB">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Mokinių nenoro lankyti progimnaziją priežasčių analizė, progimnazijos nelankymo mažinimas, nesėkmingo mokymosi priežasčių šalinimas.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33F28EB9" w14:textId="49A76328" w:rsidR="00BE64DB" w:rsidRPr="00A0726E" w:rsidRDefault="00BE64DB">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Per mokslo metus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B81C4B9" w14:textId="0D1CD965" w:rsidR="00BE64DB" w:rsidRPr="00A0726E" w:rsidRDefault="00BE64DB" w:rsidP="0000252C">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="-253"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">E. </w:t>
             </w:r>
-            <w:r w:rsidR="001671A0">
-[...12 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="0000252C" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Vaickelionienė</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="23F4E76B" w14:textId="3D4010E4" w:rsidR="001112E2" w:rsidRDefault="001112E2">
-[...10 lines deleted...]
-              <w:t>A. Strumilaitė</w:t>
+          <w:p w14:paraId="6C64DE1F" w14:textId="1B355483" w:rsidR="00BE64DB" w:rsidRPr="00A0726E" w:rsidRDefault="00BE64DB" w:rsidP="00BE64DB">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>A.</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB2F41" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Strumilaitė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B5A2765" w14:textId="74AA4145" w:rsidR="00BE64DB" w:rsidRPr="00A0726E" w:rsidRDefault="00BE64DB" w:rsidP="00BE64DB">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>R. Berteškaitė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A408E1" w14:paraId="3DA426B5" w14:textId="77777777" w:rsidTr="005C623F">
+      <w:tr w:rsidR="00A408E1" w:rsidRPr="00A0726E" w14:paraId="251EB8C4" w14:textId="77777777" w:rsidTr="005C623F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="756" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B6C3153" w14:textId="0B12A02E" w:rsidR="00A408E1" w:rsidRDefault="001112E2">
-[...14 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="6A55B6EE" w14:textId="00FDBF3C" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="000A58B1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00A408E1" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="20AD0755" w14:textId="33B175D3" w:rsidR="00A408E1" w:rsidRDefault="00A408E1" w:rsidP="00446DE4">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Saugios progimnazijos ugdymosi aplinkos kūrimas. Klasių bendruomenių mikroklimatas. </w:t>
+          <w:p w14:paraId="7557B7A7" w14:textId="3C28FE86" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Marijampolės </w:t>
+            </w:r>
+            <w:r w:rsidR="00F0657B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Meilės Lukšienės švietimo centro Pedagoginės psichologinės tarnybos</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pirminio mokinio gebėjimų vertinimo ir rekomendacijų analizės duomenų panaudojimas ugdymo(si) procese</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="28FF1AFA" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRDefault="00A408E1">
-[...10 lines deleted...]
-              <w:t>11 mėn.</w:t>
+          <w:p w14:paraId="412D70C9" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Per mokslo metus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5DBAAD27" w14:textId="6B50B723" w:rsidR="00A408E1" w:rsidRDefault="00A408E1" w:rsidP="00EE7F33">
-[...89 lines deleted...]
-              <w:t>V. Šapalienė</w:t>
+          <w:p w14:paraId="074CB740" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Švietimo pagalbos specialistai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A408E1" w14:paraId="66486F56" w14:textId="77777777" w:rsidTr="005C623F">
+      <w:tr w:rsidR="00A408E1" w:rsidRPr="00A0726E" w14:paraId="11179CB1" w14:textId="77777777" w:rsidTr="005C623F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="756" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05CAC465" w14:textId="0FFDF37D" w:rsidR="00A408E1" w:rsidRDefault="001112E2">
+          <w:p w14:paraId="26A2F89E" w14:textId="4942F5AD" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="000A58B1">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00A408E1" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4EDD06B8" w14:textId="5F14952C" w:rsidR="00A408E1" w:rsidRDefault="00A408E1">
-[...19 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="55288ED4" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Mokytojų konsultavimas, rekomendacijų teikimas dėl specialiojo ugdymo būdų ir metodų.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0FFC3528" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>09, 02 mėn. arba pagal poreikį</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="055E6364" w14:textId="75E326D0" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>G. Krakauskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A408E1" w:rsidRPr="00A0726E" w14:paraId="0ED76159" w14:textId="77777777" w:rsidTr="005C623F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51E2EFF7" w14:textId="7B23F4EA" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="000A58B1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00A408E1" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A1CC361" w14:textId="3ED252AF" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Mokytojų, pagalbos mokiniui specialistų kvalifikacijos kėlimas</w:t>
+            </w:r>
+            <w:r w:rsidR="003661D1" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Pedagogas.lt ir kt. </w:t>
+            </w:r>
+            <w:r w:rsidR="0013517B" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
-            <w:r>
-[...27 lines deleted...]
-              <w:t>rganizavimas.</w:t>
+            <w:r w:rsidR="003661D1" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>latformose</w:t>
+            </w:r>
+            <w:r w:rsidR="0013517B" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>, TŪM mokymuose</w:t>
+            </w:r>
+            <w:r w:rsidR="003661D1" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1057AB3F" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRDefault="00A408E1">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="0C802241" w14:textId="0F4364A7" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="003661D1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Per mokslo metus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E5140AB" w14:textId="7354989E" w:rsidR="00A408E1" w:rsidRDefault="00A408E1" w:rsidP="00EE7F33">
-[...123 lines deleted...]
-              <w:t>V. Šapalienė</w:t>
+          <w:p w14:paraId="2AAECC11" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>R. Baronienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A408E1" w14:paraId="55E8AEC2" w14:textId="77777777" w:rsidTr="005C623F">
+      <w:tr w:rsidR="00A408E1" w:rsidRPr="00A0726E" w14:paraId="612EB963" w14:textId="77777777" w:rsidTr="005C623F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="756" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="03E43579" w14:textId="084F0209" w:rsidR="00A408E1" w:rsidRDefault="00B227C0" w:rsidP="00B227C0">
-[...19 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="77BE5D82" w14:textId="60CC5444" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="000A58B1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00A408E1" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="64E426C4" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRDefault="00A408E1">
-[...10 lines deleted...]
-              <w:t>Mokiniams paskirtos minimalios ar vidutinės priežiūros priemonių vykdymas, rekomendacijų pedagogams bei tėvams teikimas.</w:t>
+          <w:p w14:paraId="5D163DAF" w14:textId="4DE89FB0" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="004441F9">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Mokinių mokymo namuose</w:t>
+            </w:r>
+            <w:r w:rsidR="00A408E1" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> organizavimas, problemų aptarimas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1FB015CE" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRDefault="00A408E1">
-[...10 lines deleted...]
-              <w:t>Pagal poreikį</w:t>
+          <w:p w14:paraId="39494D59" w14:textId="59AB6AB9" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="009C6A29">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00A408E1" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>, 2, 6 mėn.</w:t>
+            </w:r>
+            <w:r w:rsidR="001D1B5B" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> arba pagal poreikį</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="41414931" w14:textId="4AA97FE8" w:rsidR="00A408E1" w:rsidRDefault="00A408E1" w:rsidP="00EE7F33">
-[...63 lines deleted...]
-              <w:t>R. Berteškaitė</w:t>
+          <w:p w14:paraId="4C2922F4" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>R. Baronienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A408E1" w14:paraId="42441DE7" w14:textId="77777777" w:rsidTr="005C623F">
-[...440 lines deleted...]
-      <w:tr w:rsidR="00BE64DB" w:rsidRPr="00A56EC6" w14:paraId="73D5DC1D" w14:textId="77777777" w:rsidTr="005C623F">
+      <w:tr w:rsidR="004624CD" w:rsidRPr="00AC1D3F" w14:paraId="4FEA15F2" w14:textId="77777777" w:rsidTr="005C623F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9776" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0FF2E207" w14:textId="20497D7B" w:rsidR="00BE64DB" w:rsidRPr="005C580A" w:rsidRDefault="00BE64DB" w:rsidP="005C580A">
+          <w:p w14:paraId="7D80C3F2" w14:textId="70721B44" w:rsidR="004624CD" w:rsidRPr="00A0726E" w:rsidRDefault="004624CD" w:rsidP="004624CD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...1204 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="nl-NL" w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C32024">
-              <w:rPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="nl-NL" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Veiklos kryptis – </w:t>
             </w:r>
-            <w:r w:rsidR="001F0844" w:rsidRPr="00C32024">
-              <w:rPr>
+            <w:r w:rsidR="001F0844" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="nl-NL" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>mikroklimat</w:t>
             </w:r>
-            <w:r w:rsidR="00C32024" w:rsidRPr="00C32024">
-              <w:rPr>
+            <w:r w:rsidR="00C32024" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="nl-NL" w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>o gerini</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidR="00E46A44" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="nl-NL" w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve">mas, </w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve"> ir aplinkos</w:t>
+            </w:r>
+            <w:r w:rsidR="00C32024" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="nl-NL" w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>bendradarbiavimas, informacijos skalaida</w:t>
+              <w:t xml:space="preserve"> gerinimas, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="nl-NL" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>bendradarbiavimas, informacijos sklaida</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A408E1" w14:paraId="45C442F6" w14:textId="77777777" w:rsidTr="005C623F">
+      <w:tr w:rsidR="00A408E1" w:rsidRPr="00A0726E" w14:paraId="45C442F6" w14:textId="77777777" w:rsidTr="005C623F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="756" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="63FAA4FE" w14:textId="099991D3" w:rsidR="00A408E1" w:rsidRDefault="00A408E1">
+          <w:p w14:paraId="63FAA4FE" w14:textId="099991D3" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2198A1C8" w14:textId="7C8E9299" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vaizdinės (video, stendinės ir kt.) medžiagos   rengimas </w:t>
+            </w:r>
+            <w:r w:rsidR="00244D51" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ir pateikimas </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>progimnazijos bendruomenės nariams.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="778332A5" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Per mokslo metus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F3ADE98" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1" w:rsidP="00576430">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="-110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>V. Šapalienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77F6B6DB" w14:textId="1B1ECF7E" w:rsidR="000B6762" w:rsidRPr="00A0726E" w:rsidRDefault="000B6762" w:rsidP="00576430">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="-110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>I. Lastauskienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="107A7AC3" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1" w:rsidP="00576430">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="-110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>VGK nariai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E46A44" w:rsidRPr="00A0726E" w14:paraId="067E7BC0" w14:textId="77777777" w:rsidTr="005C623F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7910602F" w14:textId="00E603B6" w:rsidR="00E46A44" w:rsidRPr="00A0726E" w:rsidRDefault="001D1B5B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0446DF5E" w14:textId="533D581A" w:rsidR="00E46A44" w:rsidRPr="00A0726E" w:rsidRDefault="00A0726E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              </w:rPr>
+              <w:t>U</w:t>
+            </w:r>
+            <w:r w:rsidR="00E46A44" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              </w:rPr>
+              <w:t>niversalaus dizaino principus atitinkanči</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              </w:rPr>
+              <w:t xml:space="preserve">os </w:t>
+            </w:r>
+            <w:r w:rsidR="00E46A44" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              </w:rPr>
+              <w:t>ugdymo aplink</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              </w:rPr>
+              <w:t>os kūrimas</w:t>
+            </w:r>
+            <w:r w:rsidR="00576430">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (dalyvavimas VDM, TŪM II, Tvarios plėtros projektuose)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2DF3C907" w14:textId="10A8C3F1" w:rsidR="00E46A44" w:rsidRPr="00A0726E" w:rsidRDefault="001D1B5B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Per mokslo metus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46F21E5F" w14:textId="77777777" w:rsidR="00E46A44" w:rsidRPr="00A0726E" w:rsidRDefault="001D1B5B" w:rsidP="00576430">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="-252"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Administracija,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C73EE00" w14:textId="1B6EC711" w:rsidR="001D1B5B" w:rsidRPr="00A0726E" w:rsidRDefault="001D1B5B" w:rsidP="00576430">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="-252"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>VGK nariai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D738EA" w:rsidRPr="00A0726E" w14:paraId="6F9F9635" w14:textId="77777777" w:rsidTr="005C623F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1CFB83C1" w14:textId="69B95938" w:rsidR="00D738EA" w:rsidRPr="00A0726E" w:rsidRDefault="00D738EA">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:lang w:eastAsia="lt-LT"/>
-[...1 lines deleted...]
-              <w:t>1.</w:t>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
-[...7 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="77FA54DB" w14:textId="2444E443" w:rsidR="00D738EA" w:rsidRPr="00A0726E" w:rsidRDefault="00530B49">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A6858">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              </w:rPr>
+              <w:t>Mokinių asmeninių mobiliųjų telefonų ir kitų informacinių technologijų įrenginių naudojimo progimnazijoje</w:t>
+            </w:r>
+            <w:r w:rsidR="009C2E17">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="009C2E17" w:rsidRPr="0084034E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mokinių tėvų (globėjų, rūpintojų) ir svečių lankymosi </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="009C2E17" w:rsidRPr="0084034E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              </w:rPr>
+              <w:t xml:space="preserve">progimnazijoje </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A6858">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tvark</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:lang w:eastAsia="lt-LT"/>
-[...1 lines deleted...]
-              <w:t>Vaizdinės (video, stendinės ir kt.) medžiagos   rengimas progimnazijos bendruomenės nariams.</w:t>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              </w:rPr>
+              <w:t>ų</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="009C2E17">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> įgyvendinimo stebėsena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
-[...4 lines deleted...]
-              <w:rPr>
+          </w:tcPr>
+          <w:p w14:paraId="59965C47" w14:textId="483410E8" w:rsidR="00D738EA" w:rsidRPr="00A0726E" w:rsidRDefault="009C2E17">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:lang w:eastAsia="lt-LT"/>
-[...1 lines deleted...]
-              <w:t>Per mokslo metus</w:t>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Nuo 2025 m. spalio 1 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
-[...4 lines deleted...]
-              <w:rPr>
+          </w:tcPr>
+          <w:p w14:paraId="785F0068" w14:textId="0EE62751" w:rsidR="00D738EA" w:rsidRPr="00A0726E" w:rsidRDefault="009C2E17" w:rsidP="00576430">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="-252"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:lang w:eastAsia="lt-LT"/>
-[...10 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+            <w:r w:rsidR="00E875AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>G</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:lang w:eastAsia="lt-LT"/>
-[...7 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>K nariai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003661D1" w:rsidRPr="00A0726E" w14:paraId="5912866E" w14:textId="77777777" w:rsidTr="005C623F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53427B11" w14:textId="5D37B5D5" w:rsidR="003661D1" w:rsidRPr="00A0726E" w:rsidRDefault="00D738EA">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:lang w:eastAsia="lt-LT"/>
-[...29 lines deleted...]
-              <w:t>2.</w:t>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="003661D1" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="38780FB2" w14:textId="69105C4A" w:rsidR="003661D1" w:rsidRPr="0040309E" w:rsidRDefault="003661D1" w:rsidP="00446DE4">
+          <w:p w14:paraId="38780FB2" w14:textId="2197966C" w:rsidR="003661D1" w:rsidRPr="00A0726E" w:rsidRDefault="003661D1" w:rsidP="00446DE4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="460"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>enginių organizavimas</w:t>
+            </w:r>
+            <w:r w:rsidR="00C02CD6" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>: re</w:t>
+            </w:r>
+            <w:r w:rsidR="00C02CD6" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">nginiai skirti tarptautinei Tolerancijos dienai, akcija „AIDS geriau </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00C02CD6" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>žinoti“</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00C02CD6" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, saugaus interneto savaitė </w:t>
+            </w:r>
+            <w:r w:rsidR="0040309E" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>(t</w:t>
+            </w:r>
+            <w:r w:rsidR="00C02CD6" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>eoriniai – praktiniai užsiėmimai „Esu saugus internete”</w:t>
+            </w:r>
+            <w:r w:rsidR="0040309E" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">), </w:t>
+            </w:r>
+            <w:r w:rsidR="0040309E" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="00C02CD6" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ąmoningumo didinimo mėnuo </w:t>
+            </w:r>
+            <w:r w:rsidR="0040309E" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">„Be </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="0040309E" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>patyčių“ (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00C02CD6" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>dalyv</w:t>
+            </w:r>
+            <w:r w:rsidR="0040309E" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>avimas visuomeninėse akcijose), a</w:t>
+            </w:r>
+            <w:r w:rsidR="00C02CD6" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>kcija „Nenurašyk, o palaikyk”, skirta P</w:t>
+            </w:r>
+            <w:r w:rsidR="0040309E" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">asaulinei Dauno dienai paminėti, autizmo supratimo mėnuo, sveikos gyvensenos šventė, </w:t>
+            </w:r>
+            <w:r w:rsidR="00D738EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">dailyraščio konkursas „Moku dailiai </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00D738EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>rašyti“</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00D738EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, dalyvavimas konkurse „Auksinė </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00D738EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>plunksnelė“</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70FEF54E" w14:textId="2D126F43" w:rsidR="003661D1" w:rsidRPr="00A0726E" w:rsidRDefault="00F81700">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Per mokslo metus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0015A2C8" w14:textId="68909FFA" w:rsidR="00F81700" w:rsidRPr="00A0726E" w:rsidRDefault="001F0844">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>VGK nariai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F81700" w:rsidRPr="00A0726E" w14:paraId="6EF60F42" w14:textId="77777777" w:rsidTr="005C623F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C1F11B5" w14:textId="00DD0B81" w:rsidR="00F81700" w:rsidRPr="00A0726E" w:rsidRDefault="00D738EA">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:lang w:eastAsia="lt-LT"/>
-[...123 lines deleted...]
-              <w:t>avimas Vaiko dienos renginiuose.</w:t>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00F81700" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5EF73953" w14:textId="07DC6EA9" w:rsidR="00F81700" w:rsidRPr="00A0726E" w:rsidRDefault="00F81700">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Vaikų dieninės stovyklos “Šaltinėlis” organizavimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70FEF54E" w14:textId="2D126F43" w:rsidR="003661D1" w:rsidRDefault="00F81700">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="4D5F068F" w14:textId="7186ABD0" w:rsidR="00F81700" w:rsidRPr="00A0726E" w:rsidRDefault="00F81700">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>06 mėn.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="518B7AE2" w14:textId="4EEF9DA5" w:rsidR="00F81700" w:rsidRPr="00A0726E" w:rsidRDefault="00F81700" w:rsidP="00222CE4">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="-111"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E. </w:t>
+            </w:r>
+            <w:r w:rsidR="00222CE4" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Vaickelionienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004624CD" w:rsidRPr="00A0726E" w14:paraId="6D4BB4E7" w14:textId="77777777" w:rsidTr="005C623F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74D1B67F" w14:textId="4ADB834E" w:rsidR="004624CD" w:rsidRPr="00A0726E" w:rsidRDefault="00D738EA">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="004624CD" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C532105" w14:textId="4A5A6C4A" w:rsidR="004624CD" w:rsidRPr="00A0726E" w:rsidRDefault="004624CD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bendradarbiavimas su socialiniais partneriais </w:t>
+            </w:r>
+            <w:r w:rsidR="00E46A44" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00E46A44" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              </w:rPr>
+              <w:t>mokinių charakteristikų parengimas, reikalingos informacijos rinkimas</w:t>
+            </w:r>
+            <w:r w:rsidR="001D1B5B" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00A0726E" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidR="001D1B5B" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              </w:rPr>
+              <w:t>alyvavimas posėdžiuose</w:t>
+            </w:r>
+            <w:r w:rsidR="00E46A44" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir kt.) </w:t>
+            </w:r>
+            <w:r w:rsidR="000A58B1" w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">įvairiais </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>vaiko gerovės klausimais.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C269277" w14:textId="71FD1565" w:rsidR="004624CD" w:rsidRPr="00A0726E" w:rsidRDefault="004624CD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:val="nl-NL" w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Per mokslo metus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0015A2C8" w14:textId="68909FFA" w:rsidR="00F81700" w:rsidRDefault="001F0844">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="77B5FB71" w14:textId="77777777" w:rsidR="004624CD" w:rsidRPr="00A0726E" w:rsidRDefault="004624CD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>VGK nariai</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...219 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3ECD83F2" w14:textId="3509907B" w:rsidR="00E46A44" w:rsidRPr="00A0726E" w:rsidRDefault="00E46A44">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:lang w:val="nl-NL" w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...28 lines deleted...]
-              <w:t>VGK nariai</w:t>
+            <w:r w:rsidRPr="00A0726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Klasių auklėtojai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="29BD579B" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="004624CD" w:rsidRDefault="00A408E1" w:rsidP="00A408E1">
+    <w:p w14:paraId="29BD579B" w14:textId="77777777" w:rsidR="00A408E1" w:rsidRPr="00A0726E" w:rsidRDefault="00A408E1" w:rsidP="00A408E1">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D083712" w14:textId="10AD12D9" w:rsidR="00A408E1" w:rsidRPr="00E33E83" w:rsidRDefault="00A408E1" w:rsidP="001F0844">
+    <w:p w14:paraId="5C082F1A" w14:textId="77777777" w:rsidR="00E875AE" w:rsidRDefault="00A408E1" w:rsidP="001F0844">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D083712" w14:textId="2E7F12FD" w:rsidR="00A408E1" w:rsidRPr="00E33E83" w:rsidRDefault="00A408E1" w:rsidP="001F0844">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:sectPr w:rsidR="00A408E1" w:rsidRPr="00E33E83" w:rsidSect="00A25036">
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="851" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
           <w:cols w:space="1296"/>
         </w:sectPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F4F3E">
-        <w:rPr>
+      <w:r w:rsidRPr="00A0726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:softHyphen/>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">Vaiko gerovės komisijos pirmininkė                               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C2E17">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:softHyphen/>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Rima Baronie</w:t>
+      </w:r>
+      <w:r w:rsidR="00A3719D" w:rsidRPr="009C2E17">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:softHyphen/>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00A0726E" w:rsidRPr="009C2E17">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:softHyphen/>
-[...173 lines deleted...]
-        <w:t>nė</w:t>
+        <w:t>ė</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D46576A" w14:textId="77777777" w:rsidR="0044146F" w:rsidRPr="00943248" w:rsidRDefault="0044146F" w:rsidP="00A408E1">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="left" w:pos="480"/>
           <w:tab w:val="left" w:pos="9120"/>
           <w:tab w:val="left" w:pos="10915"/>
         </w:tabs>
         <w:ind w:right="1"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0044146F" w:rsidRPr="00943248" w:rsidSect="00A25036">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="1D3E96E3" w14:textId="77777777" w:rsidR="004A233F" w:rsidRDefault="004A233F" w:rsidP="00A0726E">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="00A23FCD" w14:textId="77777777" w:rsidR="004A233F" w:rsidRDefault="004A233F" w:rsidP="00A0726E">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesLT">
     <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="4DD9B579" w14:textId="77777777" w:rsidR="004A233F" w:rsidRDefault="004A233F" w:rsidP="00A0726E">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="72366730" w14:textId="77777777" w:rsidR="004A233F" w:rsidRDefault="004A233F" w:rsidP="00A0726E">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E466EA7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D6E0E49C"/>
     <w:lvl w:ilvl="0" w:tplc="04270001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5839,180 +7182,220 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04270005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1001160652">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A408E1"/>
     <w:rsid w:val="0000252C"/>
     <w:rsid w:val="0002386A"/>
     <w:rsid w:val="00035B7C"/>
     <w:rsid w:val="0004648D"/>
+    <w:rsid w:val="00091FF9"/>
     <w:rsid w:val="000A58B1"/>
     <w:rsid w:val="000B6762"/>
     <w:rsid w:val="000C3D2A"/>
     <w:rsid w:val="000F4F3E"/>
     <w:rsid w:val="0010282C"/>
     <w:rsid w:val="001112E2"/>
     <w:rsid w:val="0013517B"/>
     <w:rsid w:val="001671A0"/>
+    <w:rsid w:val="001D1B5B"/>
     <w:rsid w:val="001F0844"/>
     <w:rsid w:val="002179B8"/>
     <w:rsid w:val="00222CE4"/>
+    <w:rsid w:val="00244D51"/>
     <w:rsid w:val="00317D0E"/>
     <w:rsid w:val="00331D4B"/>
     <w:rsid w:val="00341746"/>
     <w:rsid w:val="00353701"/>
     <w:rsid w:val="003661D1"/>
+    <w:rsid w:val="003A5309"/>
     <w:rsid w:val="0040309E"/>
+    <w:rsid w:val="0042515A"/>
     <w:rsid w:val="00437476"/>
     <w:rsid w:val="0044146F"/>
     <w:rsid w:val="004441F9"/>
     <w:rsid w:val="00446DE4"/>
+    <w:rsid w:val="0045168E"/>
     <w:rsid w:val="004624CD"/>
     <w:rsid w:val="00484EE1"/>
     <w:rsid w:val="00492238"/>
+    <w:rsid w:val="004A233F"/>
     <w:rsid w:val="004B6E6D"/>
     <w:rsid w:val="004C1EF2"/>
     <w:rsid w:val="004F1288"/>
     <w:rsid w:val="004F4576"/>
+    <w:rsid w:val="00530B49"/>
     <w:rsid w:val="005613F0"/>
+    <w:rsid w:val="00576430"/>
     <w:rsid w:val="005874FE"/>
     <w:rsid w:val="005C580A"/>
     <w:rsid w:val="005C623F"/>
     <w:rsid w:val="0069648E"/>
+    <w:rsid w:val="006A3214"/>
+    <w:rsid w:val="006A5783"/>
+    <w:rsid w:val="00733253"/>
+    <w:rsid w:val="00753F8A"/>
     <w:rsid w:val="00755CD4"/>
     <w:rsid w:val="0076593F"/>
     <w:rsid w:val="008262E5"/>
     <w:rsid w:val="00863F04"/>
+    <w:rsid w:val="008F070F"/>
     <w:rsid w:val="00943248"/>
+    <w:rsid w:val="009A607F"/>
     <w:rsid w:val="009B14F0"/>
+    <w:rsid w:val="009C2E17"/>
+    <w:rsid w:val="009C6A29"/>
     <w:rsid w:val="009E63AF"/>
+    <w:rsid w:val="00A0726E"/>
     <w:rsid w:val="00A25036"/>
     <w:rsid w:val="00A3719D"/>
     <w:rsid w:val="00A402C4"/>
     <w:rsid w:val="00A408E1"/>
+    <w:rsid w:val="00A5458A"/>
     <w:rsid w:val="00A56EC6"/>
     <w:rsid w:val="00A9170C"/>
     <w:rsid w:val="00AB2F41"/>
+    <w:rsid w:val="00AC1D3F"/>
+    <w:rsid w:val="00AD579B"/>
+    <w:rsid w:val="00AE463B"/>
     <w:rsid w:val="00AF772D"/>
+    <w:rsid w:val="00B157D7"/>
     <w:rsid w:val="00B227C0"/>
     <w:rsid w:val="00B232F4"/>
+    <w:rsid w:val="00B40955"/>
     <w:rsid w:val="00B472AF"/>
     <w:rsid w:val="00B52874"/>
     <w:rsid w:val="00B776ED"/>
     <w:rsid w:val="00BB4C81"/>
     <w:rsid w:val="00BD23DF"/>
     <w:rsid w:val="00BE64DB"/>
     <w:rsid w:val="00C02CD6"/>
     <w:rsid w:val="00C17473"/>
     <w:rsid w:val="00C32024"/>
+    <w:rsid w:val="00C321C2"/>
+    <w:rsid w:val="00C435D0"/>
+    <w:rsid w:val="00CD7F1E"/>
     <w:rsid w:val="00D04EEB"/>
     <w:rsid w:val="00D331DC"/>
+    <w:rsid w:val="00D507D5"/>
     <w:rsid w:val="00D5701A"/>
+    <w:rsid w:val="00D738EA"/>
     <w:rsid w:val="00D9595E"/>
     <w:rsid w:val="00DB7E9F"/>
     <w:rsid w:val="00DC2B95"/>
     <w:rsid w:val="00E216A4"/>
     <w:rsid w:val="00E33E83"/>
+    <w:rsid w:val="00E46A44"/>
     <w:rsid w:val="00E81239"/>
     <w:rsid w:val="00E8531E"/>
+    <w:rsid w:val="00E875AE"/>
     <w:rsid w:val="00EE7F33"/>
+    <w:rsid w:val="00F0657B"/>
     <w:rsid w:val="00F25DA5"/>
     <w:rsid w:val="00F35794"/>
     <w:rsid w:val="00F47FF0"/>
     <w:rsid w:val="00F74578"/>
     <w:rsid w:val="00F81700"/>
     <w:rsid w:val="00FA4322"/>
     <w:rsid w:val="00FE032F"/>
     <w:rsid w:val="00FE210E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3B9466C1"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{988A7366-D8DF-4F37-BC91-6B7F59855405}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6479,78 +7862,132 @@
     <w:rsid w:val="00F25DA5"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sraopastraipa">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="prastasis"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="000B6762"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrats">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:link w:val="AntratsDiagrama"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A0726E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AntratsDiagrama">
+    <w:name w:val="Antraštės Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrats"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00A0726E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Porat">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:link w:val="PoratDiagrama"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A0726E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PoratDiagrama">
+    <w:name w:val="Poraštė Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Porat"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00A0726E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1161045733">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -6809,69 +8246,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>5025</Words>
-  <Characters>2865</Characters>
+  <Words>5354</Words>
+  <Characters>3053</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>23</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>25</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7875</CharactersWithSpaces>
+  <CharactersWithSpaces>8391</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Rima Baronienė</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>